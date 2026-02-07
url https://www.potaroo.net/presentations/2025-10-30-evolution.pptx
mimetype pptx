--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -437,51 +437,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F9E3010-6FD9-DF4A-8325-5FF470F67A51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99C5A044-5E23-4347-8374-6CEB613032B7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -637,51 +637,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1032678-68D2-1E47-982C-8A597F51DBA6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97476928-E846-8449-9A67-605FBF513604}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -847,51 +847,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1F7D2E8-B0AA-F443-B002-68B9D0584FC1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8827E0FA-DE0F-BF4C-97CC-D78247D0F0E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1058,51 +1058,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9AFF56E-BB79-A443-A600-F9B15F82A042}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{696ECDB2-E20B-C944-9BF3-3AB881BF8ED2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1334,51 +1334,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C8429B-F492-9149-BC96-454D102C3099}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F78AB944-EEA4-B747-86CD-FAE6DB72D583}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1602,51 +1602,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9117514-9626-2D43-B4FE-79A6420A8920}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFA3723F-08FD-8E45-AC68-3D707F061E8A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2017,51 +2017,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23B9FC09-852D-E04B-AD22-F253BF98B446}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1CC467B-1C12-8149-95A5-5A66EFBA3671}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2159,51 +2159,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68AC1CEB-4E6A-0745-A062-194FB7529844}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B773F8AD-9CEA-404C-A17C-2F300FEF5059}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2272,51 +2272,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{473A19E2-FB27-E146-8F90-8C5524736975}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13BCA5D3-F394-144F-91B4-1C52E985DD49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2585,51 +2585,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F3567E4-2451-F24C-8161-986C9EEFF324}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE203F3B-91FE-354D-9CB8-CF51169BF608}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2874,51 +2874,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE08929A-CDF8-A24F-869B-87A20445FE7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3404166-7C84-6543-AD24-0DECC66F4F1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3121,51 +3121,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{62076E35-D370-114C-BB3B-D11A1FC67AB0}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>28/10/2025</a:t>
+              <a:t>3/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B4442B4-33FE-B844-89A5-2294B467F127}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -5609,69 +5609,77 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="TextBox 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B44D727C-18DA-0F89-79D2-BB4DC9072C4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9500171" y="4878536"/>
-            <a:ext cx="1513556" cy="584775"/>
+            <a:off x="9398498" y="4594902"/>
+            <a:ext cx="1707519" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="3200" dirty="0">
                 <a:latin typeface="Max's Handwritin" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>IPv4 Pool</a:t>
+              <a:t>IPv4</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="3200" dirty="0">
+                <a:latin typeface="Max's Handwritin" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Address Pool</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Freeform 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96EED5DA-2CE5-D1B0-3D27-A8C87F724BF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6657654" y="2589088"/>
             <a:ext cx="2486346" cy="2476198"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 2486346"/>
@@ -7708,51 +7716,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02258B07-9646-9497-DEC0-B774DFA3B5E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>And China’s IPv6 efforts</a:t>
+              <a:t>China’s IPv6 efforts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Freeform 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{555EAFE9-A890-05C1-6381-0D6C174E5A12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7014187" y="3269840"/>
             <a:ext cx="1502682" cy="1269228"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 619065 w 1502682"/>
@@ -10072,51 +10080,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>1364</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>141</Paragraphs>
+  <Paragraphs>142</Paragraphs>
   <Slides>28</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>28</vt:i4>
       </vt:variant>
@@ -10130,51 +10138,51 @@
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Max's Handwritin</vt:lpstr>
       <vt:lpstr>Powderfinger Type</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Internet Evolution (and IPv6)</vt:lpstr>
       <vt:lpstr>The Internet was so simple…</vt:lpstr>
       <vt:lpstr>Then we went client/server</vt:lpstr>
       <vt:lpstr>Internet Infrastructure of 2000</vt:lpstr>
       <vt:lpstr>Aren’t these all “different” networks?</vt:lpstr>
       <vt:lpstr>What about the coming decade?</vt:lpstr>
       <vt:lpstr>Abundant Capacity</vt:lpstr>
       <vt:lpstr>Abundant Compute Power</vt:lpstr>
       <vt:lpstr>Abundant Storage</vt:lpstr>
       <vt:lpstr>What’s driving change? </vt:lpstr>
       <vt:lpstr>How have we used this abundance?</vt:lpstr>
       <vt:lpstr>Bigger</vt:lpstr>
       <vt:lpstr>Faster</vt:lpstr>
       <vt:lpstr>Cheaper</vt:lpstr>
       <vt:lpstr>So it’s all good!</vt:lpstr>
       <vt:lpstr>Not Quite</vt:lpstr>
       <vt:lpstr>Internet Scaling</vt:lpstr>
       <vt:lpstr>Internet Scaling</vt:lpstr>
       <vt:lpstr>Internet Scaling</vt:lpstr>
       <vt:lpstr>Internet Scaling</vt:lpstr>
       <vt:lpstr>Which might help to explain India’s dramatic move to IPv6</vt:lpstr>
-      <vt:lpstr>And China’s IPv6 efforts</vt:lpstr>
+      <vt:lpstr>China’s IPv6 efforts</vt:lpstr>
       <vt:lpstr>Longer Term Evolution</vt:lpstr>
       <vt:lpstr>Evolutionary Shifts</vt:lpstr>
       <vt:lpstr>Evolutionary Shifts</vt:lpstr>
       <vt:lpstr>Longer Term Evolution</vt:lpstr>
       <vt:lpstr>Where now?</vt:lpstr>
       <vt:lpstr>Thanks!</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Future Networking Needs</dc:title>
   <dc:creator>Geoff Huston</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>