--- v0 (2025-10-12)
+++ v1 (2026-02-08)
@@ -132,58 +132,61 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00640A4A">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="097951EB" w14:textId="65AE5C01" w:rsidR="002E2F02" w:rsidRPr="001C0364" w:rsidRDefault="002E2F02" w:rsidP="00A266DA">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C0364">
         <w:t>Geoff Huston</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB0CA45" w14:textId="388647D1" w:rsidR="0045402D" w:rsidRPr="0045402D" w:rsidRDefault="00025258" w:rsidP="00887A5F">
+    <w:p w14:paraId="5BB0CA45" w14:textId="23CDB5DC" w:rsidR="0045402D" w:rsidRPr="0045402D" w:rsidRDefault="00025258" w:rsidP="00887A5F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="3" w:name="OLE_LINK2"/>
       <w:r>
         <w:t>Geolocation and Starlink</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EFC">
+        <w:t xml:space="preserve"> (Updated)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="50F9B88E" w14:textId="77777777" w:rsidR="00C6755E" w:rsidRPr="00C6755E" w:rsidRDefault="00C6755E" w:rsidP="00C6755E">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="381FC88E" w14:textId="50A7B229" w:rsidR="00832AED" w:rsidRDefault="00025258" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>"Where are you</w:t>
       </w:r>
       <w:r w:rsidR="00953429">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">" is not an easy question to answer on the Internet. The telephone system's address plan embedded a certain amount of physical location information in the fixed line network, and a </w:t>
       </w:r>
       <w:r w:rsidR="001464DE">
@@ -235,133 +238,115 @@
       <w:r w:rsidR="000063EE">
         <w:t>questions,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and we can leverage the work of others to provide some answers here. These is the group that maintains the ISO 3166 standard, published by the International Organization for Standardisation that enumerates a list of codes of countries and dependant territories, using both 2 letter codes, three letter codes and </w:t>
       </w:r>
       <w:r w:rsidR="00CC514E">
         <w:t>three-digit</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> numeric codes, all maintained by the imaginatively name</w:t>
       </w:r>
       <w:r w:rsidR="00CC514E">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> "ISO 3166 Maintenance Agency</w:t>
       </w:r>
       <w:r w:rsidR="00CC514E">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00CC514E">
-        <w:t xml:space="preserve"> a group of 15 voting experts. There is also the United Nations Statistics Division, a body that maintains </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> related lists, including the "official" name of each country, a collection of numeric codes for each </w:t>
+        <w:t xml:space="preserve"> a group of 15 voting experts. There is also the United Nations Statistics Division, a body that maintains a number of related lists, including the "official" name of each country, a collection of numeric codes for each </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">defined </w:t>
       </w:r>
       <w:r w:rsidR="00CC514E">
         <w:t xml:space="preserve">country, </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00CC514E">
         <w:t>a definition of a set of regions (groups of countries or groups of regions).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4355490B" w14:textId="77777777" w:rsidR="00CC514E" w:rsidRDefault="00CC514E" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="603DAD66" w14:textId="64FA8155" w:rsidR="00CC514E" w:rsidRDefault="00CC514E" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Why are these geolocation databases useful? There are obvious uses in the ongoing fight against various form of </w:t>
       </w:r>
       <w:r w:rsidR="00F83461">
         <w:t>cyber-attacks</w:t>
       </w:r>
       <w:r>
         <w:t>, trying to de-anonymise the identity and location of the attacker. This information is also used in attempting to enforce various intellectual property rights that are often assigned to rights holders on a country-by-country basis. And then there are statistical reports. Countries like to compare themselves to others. But even simple questions, such as "How many Internet users are in each country?" are challenging to answer without the underlying seed data of a geolocation database.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F200D43" w14:textId="77777777" w:rsidR="00F83461" w:rsidRDefault="00F83461" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A11DBE2" w14:textId="2DADDBD0" w:rsidR="00F83461" w:rsidRDefault="00F83461" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">There are </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> such IP address-to-location databases out there, but most are either private or only accessible on a subscription basis. In the research world many </w:t>
+        <w:t xml:space="preserve">There are a number of such IP address-to-location databases out there, but most are either private or only accessible on a subscription basis. In the research world many </w:t>
       </w:r>
       <w:r w:rsidR="00A91E9A">
         <w:t>researchers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> have opted for the databases that are more generally available, and at APNIC labs </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">for AP address-to-country mappings </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">we rely on </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F83461">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Maxmind</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00F83461">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ipinfo.io</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A91E9A">
         <w:t xml:space="preserve"> for this information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF2C20A" w14:textId="77777777" w:rsidR="00F83461" w:rsidRDefault="00F83461" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EDD5287" w14:textId="61F3A6A9" w:rsidR="00A91E9A" w:rsidRDefault="00F83461" w:rsidP="00F83461">
       <w:pPr>
         <w:pStyle w:val="Sidebar"/>
@@ -371,59 +356,51 @@
         <w:t>The Regional Internet Registries also publish a two-letter country code in their IP number resource reports, and they are often used as a surrogate for IP-to-country mappings, but the data quality is low</w:t>
       </w:r>
       <w:r w:rsidR="00A91E9A">
         <w:t xml:space="preserve"> when assessed </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">for quality </w:t>
       </w:r>
       <w:r w:rsidR="00A91E9A">
         <w:t>as a source of geolocation information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140655F7" w14:textId="77777777" w:rsidR="00A91E9A" w:rsidRDefault="00A91E9A" w:rsidP="00F83461">
       <w:pPr>
         <w:pStyle w:val="Sidebar"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21199AB8" w14:textId="5D02DA46" w:rsidR="00A91E9A" w:rsidRDefault="00A91E9A" w:rsidP="00F83461">
       <w:pPr>
         <w:pStyle w:val="Sidebar"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00F83461">
-        <w:t xml:space="preserve">he reason why is based on differing assumptions between the data recording function of the RIRs and the needs of the geolocation function. The RIRs record the country of the principal office of the entity that was the recipient of the resource assignment. It does not record where these address and AS numbers are </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">he reason why is based on differing assumptions between the data recording function of the RIRs and the needs of the geolocation function. The RIRs record the country of the principal office of the entity that was the recipient of the resource assignment. It does not record where these address and AS numbers are actually deployed </w:t>
       </w:r>
       <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00F83461">
         <w:t xml:space="preserve"> the Internet. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In many cases, where an entity operates within a single country or economy, the RIR-recorded country code corresponds with the country where the associated addresses are being used. In other cases, </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">where </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">IP </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">addresses </w:t>
       </w:r>
       <w:r w:rsidR="000063EE">
         <w:t xml:space="preserve">and AS numbers </w:t>
       </w:r>
@@ -658,63 +635,55 @@
     </w:p>
     <w:p w14:paraId="00826EE3" w14:textId="77777777" w:rsidR="0042114C" w:rsidRPr="00224D51" w:rsidRDefault="0042114C" w:rsidP="0042114C"/>
     <w:p w14:paraId="26E4B5CF" w14:textId="3CCADA77" w:rsidR="0042114C" w:rsidRPr="00224D51" w:rsidRDefault="0042114C" w:rsidP="0042114C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00224D51">
         <w:t>Th</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e combination of </w:t>
       </w:r>
       <w:r w:rsidR="00EA4FA4">
         <w:t>these</w:t>
       </w:r>
       <w:r w:rsidRPr="00224D51">
         <w:t xml:space="preserve"> data </w:t>
       </w:r>
       <w:r w:rsidR="00EA4FA4">
         <w:t xml:space="preserve">sets </w:t>
       </w:r>
       <w:r w:rsidRPr="00224D51">
         <w:t>gives us an estimate of the current Internet user population per country.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> It should be noted that this is not the number of “subscriptions” to a service, as it attempts to include the number of users behind each subscription. It also is supposed to avoid “double counting”, so where a user is part of a broadband service </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> has a mobile service, then the user is still only counted once as an “Internet user”.</w:t>
+        <w:t xml:space="preserve"> It should be noted that this is not the number of “subscriptions” to a service, as it attempts to include the number of users behind each subscription. It also is supposed to avoid “double counting”, so where a user is part of a broadband service and also has a mobile service, then the user is still only counted once as an “Internet user”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1F9AA5" w14:textId="77777777" w:rsidR="0042114C" w:rsidRPr="00224D51" w:rsidRDefault="0042114C" w:rsidP="0042114C"/>
-    <w:p w14:paraId="6A7C861E" w14:textId="0D8476F4" w:rsidR="0042114C" w:rsidRDefault="0042114C" w:rsidP="0042114C">
+    <w:p w14:paraId="6A7C861E" w14:textId="56D34E81" w:rsidR="0042114C" w:rsidRDefault="0042114C" w:rsidP="0042114C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00224D51">
         <w:t xml:space="preserve">The third component of the data is the ad presentation data of the APNIC measurement program. We use Google </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00224D51">
         <w:t xml:space="preserve">ds to deliver some </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00495164">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00333D44">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5M individual ad impressions per day</w:t>
         </w:r>
@@ -731,94 +700,95 @@
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00D26AB4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>local default-free BGP routing table</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00224D51">
         <w:t xml:space="preserve"> to also map each user to their "home" network.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00224D51">
         <w:t xml:space="preserve">At this point we have now </w:t>
       </w:r>
       <w:r w:rsidRPr="00224D51">
         <w:lastRenderedPageBreak/>
         <w:t>assembled a set of "home" networks (origin AS numbers) and the geo-located country</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> for each presented ad</w:t>
+        <w:t xml:space="preserve"> for each presented </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7B86">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00224D51">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46320ABF" w14:textId="77777777" w:rsidR="0042114C" w:rsidRDefault="0042114C" w:rsidP="0042114C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Assumptions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08D31B74" w14:textId="04C85CA6" w:rsidR="0042114C" w:rsidRPr="00224D51" w:rsidRDefault="00EA4FA4" w:rsidP="00495164">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In this work</w:t>
       </w:r>
       <w:r w:rsidR="0042114C" w:rsidRPr="00224D51">
         <w:t xml:space="preserve"> we </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="0042114C" w:rsidRPr="00224D51">
         <w:t>mak</w:t>
       </w:r>
       <w:r>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="0042114C" w:rsidRPr="00224D51">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00495164">
-        <w:t xml:space="preserve">some </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>some pretty sweeping</w:t>
+      </w:r>
       <w:r w:rsidR="0042114C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0042114C" w:rsidRPr="00224D51">
         <w:t xml:space="preserve">assumptions. </w:t>
       </w:r>
       <w:r>
         <w:t>These</w:t>
       </w:r>
       <w:r w:rsidR="0042114C" w:rsidRPr="00224D51">
         <w:t xml:space="preserve"> assumptions are somewhat questionable, but we've been forced to make them in the absence of generally available</w:t>
       </w:r>
       <w:r w:rsidR="00495164">
         <w:t xml:space="preserve"> per-country data that is published</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by all countries </w:t>
       </w:r>
       <w:r w:rsidR="00495164">
         <w:t xml:space="preserve">in a timely </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and mutually </w:t>
       </w:r>
       <w:r w:rsidR="00495164">
@@ -1171,71 +1141,51 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CC92E2" w14:textId="3EBC9FC9" w:rsidR="00EB4829" w:rsidRPr="008654B5" w:rsidRDefault="008654B5" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008654B5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Figure 1 – </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> report for Yemen from the 22</w:t>
+        <w:t>Figure 1 – aspop report for Yemen from the 22</w:t>
       </w:r>
       <w:r w:rsidRPr="008654B5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="008654B5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> September 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A631BBF" w14:textId="77777777" w:rsidR="00EB4829" w:rsidRDefault="00EB4829" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1299,75 +1249,65 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">What factors might be at play here that would </w:t>
       </w:r>
       <w:r w:rsidR="00CC2510">
         <w:t xml:space="preserve">contribute to this </w:t>
       </w:r>
       <w:r w:rsidR="00C71CB8">
         <w:t xml:space="preserve">anomalous </w:t>
       </w:r>
       <w:r w:rsidR="00CC2510">
         <w:t>result?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509011BC" w14:textId="77777777" w:rsidR="00CC2510" w:rsidRDefault="00CC2510" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E1CE526" w14:textId="4207838F" w:rsidR="00CC2510" w:rsidRDefault="00CC2510" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">One potential factor is the volume of shipping in the Red Sea. These days it appears that the use of Starlink at sea is pretty much pervasive. A Starlink service is evidently a faster and cheaper communications service than that provided by </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">One potential factor is the volume of shipping in the Red Sea. These days it appears that the use of Starlink at sea is pretty much pervasive. A Starlink service is evidently a faster and cheaper communications service than that provided by Inmarsat and </w:t>
       </w:r>
       <w:r w:rsidR="00C71CB8">
         <w:t xml:space="preserve">it </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">has truly global reach. Given that the Starlink </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00B82FB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>geolocatation</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> data attempts to map every Starlink IP address into </w:t>
       </w:r>
       <w:r w:rsidR="00C71CB8">
         <w:t xml:space="preserve">one </w:t>
       </w:r>
       <w:r>
         <w:t>country</w:t>
       </w:r>
       <w:r w:rsidR="00C71CB8">
         <w:t xml:space="preserve"> or another</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, even ships at sea using Starlink get assigned an IP address that is mapped to </w:t>
       </w:r>
       <w:r w:rsidR="008513F1">
         <w:t xml:space="preserve">some piece of land. Some 60 ships a day use the </w:t>
       </w:r>
       <w:r w:rsidR="000260FF">
         <w:t>Suez Canal</w:t>
       </w:r>
       <w:r w:rsidR="008513F1">
         <w:t xml:space="preserve">, and while the transit time from the Indian Ocean to the mediterranean sea is a few days, it's still a stretch to claim that shipping crew use of Starlink services alone accounts for some 50,000 ad impressions per day. </w:t>
       </w:r>
@@ -1404,59 +1344,51 @@
       </w:r>
       <w:r w:rsidR="000260FF">
         <w:t>does not reflect reality</w:t>
       </w:r>
       <w:r w:rsidR="00E9634B">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00E9634B" w:rsidRPr="00E9634B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Starlink availability map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AA2EC9">
         <w:t xml:space="preserve"> indicates that Starlink has obtained national regulatory approval to operate in Yemen, Oman, Qatar, Bahrain, Israel, Jordan and Somalia, but not in Saudi Arabia, Egypt, Sudan, Eritrea, and </w:t>
       </w:r>
       <w:r w:rsidR="000260FF">
         <w:t>Ethiopia</w:t>
       </w:r>
       <w:r w:rsidR="00AA2EC9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00832E58">
-        <w:t xml:space="preserve">There have been persistent stories in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> markets of Starlink resellers that set up a service in a country that has the necessary national regulatory approvals to use Starlink and then </w:t>
+        <w:t xml:space="preserve">There have been persistent stories in a number of markets of Starlink resellers that set up a service in a country that has the necessary national regulatory approvals to use Starlink and then </w:t>
       </w:r>
       <w:r w:rsidR="000260FF">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r w:rsidR="00832E58">
         <w:t xml:space="preserve">ship the dish to a nearby location in a different country. </w:t>
       </w:r>
       <w:r w:rsidR="00832E58">
         <w:lastRenderedPageBreak/>
         <w:t>It's an open question as to the extent this is taking place, and if so then it's certainly plausible to guess that users in Saudi Arabia are using Starlink services that are registered in Yemen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ED77333" w14:textId="77777777" w:rsidR="00832E58" w:rsidRDefault="00832E58" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="145B8C8D" w14:textId="49FC6F11" w:rsidR="00BF494E" w:rsidRDefault="00832E58" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Does Yemen really have 6M Starlink users? That is extremely unlikely. How many </w:t>
       </w:r>
       <w:r w:rsidR="00BF494E">
@@ -1471,99 +1403,81 @@
       <w:r>
         <w:t>ring Oman, Starlink has a far more modest 0.08% market share, according to this same measurement technique</w:t>
       </w:r>
       <w:r w:rsidR="00BF494E">
         <w:t>. I would be surprised if the actual figure for in-country Yemen users is all that different.</w:t>
       </w:r>
       <w:r w:rsidR="000260FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004568D8">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00BF494E">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="004568D8">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00BF494E">
         <w:t>Yemen</w:t>
       </w:r>
       <w:r w:rsidR="004568D8">
         <w:t xml:space="preserve"> data,</w:t>
       </w:r>
       <w:r w:rsidR="00BF494E">
-        <w:t xml:space="preserve"> the high number might well be the result of a high count of Starlink-using passing maritime traffic being attributed to Yemen, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> the high number might well be the result of a high count of Starlink-using passing maritime traffic being attributed to Yemen, and </w:t>
+      </w:r>
+      <w:r w:rsidR="000260FF">
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
       <w:r w:rsidR="00BF494E">
-        <w:t xml:space="preserve">and </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>some component of cross-country usage from perhaps Saudi Arabia and the United Arab Emirates, nearby countries where Starlink appears not to have local regulatory approval as yet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47261DB6" w14:textId="77777777" w:rsidR="00832AED" w:rsidRDefault="00832AED" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F615FF1" w14:textId="0CA9F737" w:rsidR="00832AED" w:rsidRDefault="000260FF" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Are there other countries with a similar problem of apparent over-representation of Starlink users</w:t>
       </w:r>
       <w:r w:rsidR="00B82FB6">
         <w:t xml:space="preserve">? The ad placement data, assigned to countries using the Starlink </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00B82FB6" w:rsidRPr="00B82FB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>geolocatation</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00B82FB6">
         <w:t xml:space="preserve"> data maps to 152 countries.</w:t>
       </w:r>
       <w:r w:rsidR="00A80FE3">
         <w:t xml:space="preserve"> In 21 instances, listed in Table 1, Starlink is used in more than 10% of the ad placement volumes, which looks to be somewhat questionable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="414B4D53" w14:textId="77777777" w:rsidR="00A80FE3" w:rsidRDefault="00A80FE3" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="607" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="823"/>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="1131"/>
@@ -4461,289 +4375,207 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In the case of Svalbard other geolocation databases geolocate to Norway, whereas only the Starlink data set uses the SJ two-letter country code</w:t>
       </w:r>
       <w:r w:rsidR="007A7295">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD55A8E" w14:textId="77777777" w:rsidR="005F5CB5" w:rsidRDefault="005F5CB5" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E080F9E" w14:textId="2457ACCF" w:rsidR="005F5CB5" w:rsidRDefault="005F5CB5" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Saint Barthelmy</w:t>
       </w:r>
       <w:r w:rsidR="000539E8">
         <w:t>, located in the Caribbean,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> is an overseas “</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">” of France, with a population of some </w:t>
+        <w:t xml:space="preserve"> is an overseas “collectivity” of France, with a population of some </w:t>
       </w:r>
       <w:r w:rsidR="000539E8">
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t>,000 people.</w:t>
       </w:r>
       <w:r w:rsidR="000539E8">
         <w:t xml:space="preserve"> Its former status was a commune as a part of Guadeloupe. While the Starlink geolocation database distinguishes between Guadeloupe and Saint Barthelmy, it appears that other databases do not draw a distinction between the two, hence the very high proportion of as placement in this country.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9B4452" w14:textId="77777777" w:rsidR="000539E8" w:rsidRDefault="000539E8" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F398A1A" w14:textId="0E086200" w:rsidR="00B57091" w:rsidRDefault="00B57091" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is likely that the relatively high numbers of Starlink ad presentations in Tuvalu, Kiribati, Cook Islands. Marshall Islands, Saint Martin, Vanuatu, the Solomon Islands and Micronesia are due to shipping and yachting traffic. The relatively low GDP per capita in these island nations would tend </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>to indicate that Starlink services are unaffordable by such high percentages of the domestic population.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F7EA97" w14:textId="77777777" w:rsidR="00B57091" w:rsidRDefault="00B57091" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A255F4A" w14:textId="0EF62428" w:rsidR="000B1A21" w:rsidRDefault="00B57091" w:rsidP="00BD79CF">
+    <w:p w14:paraId="7A255F4A" w14:textId="482245F8" w:rsidR="000B1A21" w:rsidRDefault="00B57091" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Starlink operates a Community Gateway service in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B1A21">
-        <w:t>Naru</w:t>
-[...7 lines deleted...]
-        <w:t>C</w:t>
+        <w:t>Naru, and a traceroute to the IP address prefixes announced by this ISP (C</w:t>
       </w:r>
       <w:r w:rsidR="0000128C">
         <w:t>enpac</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B1A21">
-        <w:t xml:space="preserve">, AS 5722) reveals a Starlink connection, presumably using inter-satellite laser link. The connections using Starlink’s own IP addresses are presumably not part of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, AS 5722) reveals a Starlink connection, presumably using inter-satellite laser link. The connections using Starlink’s own IP addresses are presumably not part of Cenpac </w:t>
       </w:r>
       <w:r w:rsidR="0000128C">
         <w:t>service, and these are likely to be an anomaly, presumably due to global roaming used by ships at sea.</w:t>
       </w:r>
       <w:r w:rsidR="00356D62">
-        <w:t xml:space="preserve"> An examination of the routing tab le shows a similar community gateway has been deployed for the T</w:t>
+        <w:t xml:space="preserve"> An examination of the routing table shows a similar community gateway has been deployed for the T</w:t>
       </w:r>
       <w:r w:rsidR="00356D62" w:rsidRPr="00356D62">
         <w:t>uvalu Telecommunications Corporati</w:t>
       </w:r>
       <w:r w:rsidR="00356D62">
-        <w:t xml:space="preserve">on, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> in Northern Quebec in Canada and the </w:t>
+        <w:t xml:space="preserve">on, Tamaani in Northern Quebec in Canada and the </w:t>
       </w:r>
       <w:r w:rsidR="00356D62" w:rsidRPr="00356D62">
         <w:t>Federated States of Micronesia Telecom</w:t>
       </w:r>
       <w:r w:rsidR="00356D62">
         <w:t>munications</w:t>
       </w:r>
       <w:r w:rsidR="00356D62" w:rsidRPr="00356D62">
         <w:t xml:space="preserve"> Corporation</w:t>
       </w:r>
       <w:r w:rsidR="00356D62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2953BC" w14:textId="77777777" w:rsidR="0000128C" w:rsidRDefault="0000128C" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7068C279" w14:textId="51B9C37C" w:rsidR="0000128C" w:rsidRDefault="0000128C" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It's also possible that these additional ad placements could include an aircraft element, as there have been reports of Starlink selling </w:t>
       </w:r>
       <w:r w:rsidR="006E2FA1">
         <w:t>a mobile access service to aircraft in flight, but as with ships at sea there is no published data on the uptake of this class of Starlink users.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9F1D0C" w14:textId="77777777" w:rsidR="006E2FA1" w:rsidRDefault="006E2FA1" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CE260ED" w14:textId="4A9E91D0" w:rsidR="006E2FA1" w:rsidRDefault="006E2FA1" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">There are </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> other anomalies in Table 1. Sudan and Myanmar both have a high ad placement rate, yet the </w:t>
+        <w:t xml:space="preserve">There are a number of other anomalies in Table 1. Sudan and Myanmar both have a high ad placement rate, yet the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="006E2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Starlink access map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> indicates that the Starlink service is not available in either of these countries. If that is the case, then why does the Starlink geo data have IP address entries for </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> indicates that the Starlink service is not available in either of these countries. If that is the case, then why does the Starlink geo data have IP address entries for both of these </w:t>
       </w:r>
       <w:r w:rsidR="007E0832">
         <w:t>countries and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> why are so many ad placements being recorded from these IP addresses</w:t>
       </w:r>
       <w:r w:rsidR="007E0832">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> In the case of Sudan</w:t>
       </w:r>
       <w:r w:rsidR="007E0832">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> the Starlink gateway announcing these IP addresses </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Mombasa in Keyna, and for Myanma</w:t>
+        <w:t xml:space="preserve"> the Starlink gateway announcing these IP addresses is located in Mombasa in Keyna, and for Myanma</w:t>
       </w:r>
       <w:r w:rsidR="007E0832">
         <w:t>r</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> the relevant Starlink Gateway </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Singapore. There are also high counts of ad placements for Starlink services that geolocate to Zimbabwe</w:t>
+        <w:t xml:space="preserve"> the relevant Starlink Gateway is located in Singapore. There are also high counts of ad placements for Starlink services that geolocate to Zimbabwe</w:t>
       </w:r>
       <w:r w:rsidR="00BD7353">
         <w:t>, Niger and Chad.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD7353">
         <w:t xml:space="preserve">The situation in the Cook Islands is potentially relevant here, where prior to regulatory approval to operate in the Cook Islands it was </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00BD7353" w:rsidRPr="00BD7353">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>reported</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD7353">
-        <w:t xml:space="preserve"> that domestic enterprises and some users were purchasing a Starlink service in New Zealand under a Roam Unlimited plan, and then shipping the equipment to the Cook Islands. There is no regulatory approval for Starlink to operate in South Africa, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> that domestic enterprises and some users were purchasing a Starlink service in New Zealand under a Roam Unlimited plan, and then shipping the equipment to the Cook Islands. There is no regulatory approval for Starlink to operate in South Africa, Namiba, Angola, and all of </w:t>
       </w:r>
       <w:r w:rsidR="00FA1AD2">
         <w:t xml:space="preserve">the countries in </w:t>
       </w:r>
       <w:r w:rsidR="00BD7353">
         <w:t>northern Africa and much of western Africa, and it’s likely that there is a similar use of Starlink’s roaming services to circumvent these local regulatory issues and purchase a roaming service elsewhere and use in in these countries.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB2D638" w14:textId="77777777" w:rsidR="00BD7353" w:rsidRDefault="00BD7353" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01369393" w14:textId="4F785E0B" w:rsidR="00EB7E2D" w:rsidRDefault="00BD7353" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For 20 of these 21 countries (the sole exception </w:t>
       </w:r>
       <w:r w:rsidR="00356D62">
         <w:t>appears to be</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Pitcairn Islands) it</w:t>
@@ -4888,85 +4720,69 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Or is it the location of the earth station used to receive the relayed packets and re-inject them into the terrestrial Internet?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329802CB" w14:textId="77777777" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6073C0F2" w14:textId="65FFF77B" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Should the geolocation </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the legal conventions of whose legal code applies to the ship or aircraft while travelling on an international journey.</w:t>
+        <w:t>Should the geolocation be a reflection of the legal conventions of whose legal code applies to the ship or aircraft while travelling on an international journey.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BDE23F" w14:textId="77777777" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="531EF7D9" w14:textId="5A2B1A7D" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Should the geolocation reflect the country who is </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> operating the satellite constellation that is performing the packet carriage function?</w:t>
+        <w:t>Should the geolocation reflect the country who is is operating the satellite constellation that is performing the packet carriage function?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66172489" w14:textId="77777777" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="311E74A0" w14:textId="3D516B26" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In the case of ships travelling in territorial waters or aircraft flying over territorial airspace should the geolocation reflect the territory in question? In which case what should be do for those parts of the earth's surface that are not encompassed by accepted territorial claims?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="786CEEAB" w14:textId="77777777" w:rsidR="00EB7E2D" w:rsidRDefault="00EB7E2D" w:rsidP="00EB7E2D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -5009,238 +4825,1248 @@
         <w:t xml:space="preserve"> instead assign an “</w:t>
       </w:r>
       <w:r w:rsidR="00EB7E2D">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00356D62">
         <w:t>nclassified” designation to this part of the Starlink geolocation data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49042D4C" w14:textId="77777777" w:rsidR="00EB7E2D" w:rsidRDefault="00B67346" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F55BB10" w14:textId="7F17A439" w:rsidR="00356D62" w:rsidRDefault="00B67346" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>It’s not exactly a satisfying response to the problem, but it stops the distortion of the national measurements due to the increasing levels of usage of these satellite-based services for Internet access.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AF4265" w14:textId="77777777" w:rsidR="007E0832" w:rsidRDefault="007E0832" w:rsidP="00BD79CF">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="77AF4265" w14:textId="3851077C" w:rsidR="00B71987" w:rsidRDefault="00B71987">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5CF756" w14:textId="415F9927" w:rsidR="009624C9" w:rsidRDefault="00D74EFC" w:rsidP="009624C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Update</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009624C9">
+        <w:t>24 November 2025</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="38FC5F7E" w14:textId="68AE097F" w:rsidR="00BD7353" w:rsidRDefault="00BD7353" w:rsidP="00BD79CF">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="408730B1" w14:textId="5BE078A0" w:rsidR="009624C9" w:rsidRDefault="009624C9" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Civil unrest can often cloud measurement data. Some measurement systems, including this one, make relatively sweeping assumptions about the stability of both end user behaviour and network service behaviours, and assume that the changes that occur from day-to-day are minor. The data behind Figure 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t xml:space="preserve">about the market share of ISPs in the country of Yemen </w:t>
+      </w:r>
+      <w:r>
+        <w:t>assumed at all retail Internet Service Providers (ISPs) in th</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> country</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t>had a similar profile of presentation of online ads to end users, and this allows us to make the inference that the count of ads per ISP was approximately aligned to the market share of each ISP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E9DAC1" w14:textId="77777777" w:rsidR="009624C9" w:rsidRDefault="009624C9" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19549985" w14:textId="7D4DD05F" w:rsidR="004B52ED" w:rsidRDefault="009624C9" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">There are </w:t>
+      </w:r>
+      <w:r w:rsidR="004B52ED">
+        <w:t>weaknesses in this approach.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B52ED">
+        <w:t xml:space="preserve">Firstly, there is a mismatch in terminology. A mobile network's count of "users" is closer to the count of service subscriptions, or the count of active SIMs installed in mobile devices. It's probably a reasonable assumption that each device has a single end user, so in this case the count of "subscribers" is reasonably well aligned to the count of end users. A residential or enterprise ISP service is different, and here there is the general expectation that there is more than just one end users behind each ISP service. Here the terms "subscribers" and "users" encompass different </w:t>
+      </w:r>
+      <w:r w:rsidR="001762DA">
+        <w:t>concepts,</w:t>
+      </w:r>
+      <w:r w:rsidR="004B52ED">
+        <w:t xml:space="preserve"> and the counts of these two concepts will necessarily differ. What about Starlink? One would expect that Starlink is a lot like a retail ISP, where the numbers of end users </w:t>
+      </w:r>
+      <w:r w:rsidR="001762DA">
+        <w:t>exceed</w:t>
+      </w:r>
+      <w:r w:rsidR="004B52ED">
+        <w:t xml:space="preserve"> the number of "services"</w:t>
+      </w:r>
+      <w:r w:rsidR="001762DA">
+        <w:t>, but by a factor that would be similar that that encountered in other forms of fixed line access.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16496861" w14:textId="77777777" w:rsidR="009624C9" w:rsidRDefault="009624C9" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DAEC04C" w14:textId="38831232" w:rsidR="001A64F5" w:rsidRDefault="001762DA" w:rsidP="001762DA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Secondly, user behaviour necessarily changes in times of civil unrest and conflict. This sounds like a truism, but it has impacts in this form of measurement. Mobile services are often more resilient than fixed line services at such times, and users may turn to various forms of connection sharing. This includes "hot spot" redistribution of a mobile services to WiFi, so the assumption of a single mobile service roughly equating to a single user may break down in such times. The same applies to Starlink. The Starlink service agreement includes the provision: "I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001762DA">
+        <w:t>f you purchase a Priority Plan, you may resell access to the Services as community Wi-Fi or a “hotspot” to third-parties,</w:t>
+      </w:r>
+      <w:r>
+        <w:t>" (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="001762DA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Starlink Service Agreement</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>). So</w:t>
+      </w:r>
+      <w:r w:rsidR="001A64F5">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> it is likely that </w:t>
+      </w:r>
+      <w:r w:rsidR="001A64F5">
+        <w:t>when</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 'normal' ISP services are disrupted due to civil disruption, people may turn to a shared service that provides them with vital information and services</w:t>
+      </w:r>
+      <w:r w:rsidR="001A64F5">
+        <w:t xml:space="preserve"> that are critical in such uncertain times</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A64F5">
+        <w:t xml:space="preserve"> The implication is that the number of users of Starlink services in a country may rise in such circumstances even though the number of services may not rise to the same extent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0001120D" w14:textId="77777777" w:rsidR="001A64F5" w:rsidRDefault="001A64F5" w:rsidP="001762DA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541DB25B" w14:textId="38B536C4" w:rsidR="001A64F5" w:rsidRDefault="001A64F5" w:rsidP="001762DA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Yemen appears to be in such a state of civil unrest and there are a couple of announcements that relate to the use of Internet services in that country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD54F04" w14:textId="77777777" w:rsidR="001A64F5" w:rsidRDefault="001A64F5" w:rsidP="001762DA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D405589" w14:textId="2D3FD7BB" w:rsidR="001A64F5" w:rsidRDefault="001A64F5" w:rsidP="001A64F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The first is the announcement made on the 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A64F5">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of April by the internationally unrecognized Houthi-run Ministry of Telecommunications has ordered all citizens and entities in territories under the group’s control to surrender their Starlink satellite internet devices by May 1, 2025" (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="001A64F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://south24.net/news/newse.php?nid=4616</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>). As this article observes: "Starlink's satellite-based high-speed internet offers rare connectivity in Yemen, where war and infrastructure damage have crippled traditional services. The Houthi ban reflects their efforts to control information flows amid the ongoing conflict."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BC7E30" w14:textId="77777777" w:rsidR="001762DA" w:rsidRDefault="001762DA" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E186BEB" w14:textId="175DE920" w:rsidR="001A64F5" w:rsidRDefault="001A64F5" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The second is an announcement by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t xml:space="preserve">Yemeni </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Houthi militia on the 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A64F5">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of June 2025 in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">hat it </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t xml:space="preserve">had </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">banned </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71987">
+        <w:t>all Google Ad services on Yemen Net, the major fixed line and mobile ISP in that country (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00B71987" w:rsidRPr="00B71987">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://khabaragency.net/news235555.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B71987">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF9F032" w14:textId="77777777" w:rsidR="00B71987" w:rsidRDefault="00B71987" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49032D2B" w14:textId="3A9AF143" w:rsidR="00B71987" w:rsidRDefault="00B71987" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Our data for the ad placement volume seen in subscribers of Yemen Net (AS 30873) confirm that the ad volume for this network dropped by 90% in early May</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7B86">
+        <w:t xml:space="preserve"> (Figure 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBC188A" w14:textId="77777777" w:rsidR="00B71987" w:rsidRDefault="00B71987" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="711E5627" w14:textId="7E0C2BE9" w:rsidR="00B71987" w:rsidRDefault="00AD7B86" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33FD832E" wp14:editId="7EBEE82E">
+            <wp:extent cx="3882887" cy="2726200"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="4445"/>
+            <wp:docPr id="1921956598" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1921956598" name="Picture 1921956598"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3905154" cy="2741834"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2128B3EB" w14:textId="23666CC1" w:rsidR="00AD7B86" w:rsidRDefault="00AD7B86" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daily Ad placement volumes for Yemen Net </w:t>
+      </w:r>
+      <w:r w:rsidR="00312C9A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(AS 30873) in 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29164713" w14:textId="77777777" w:rsidR="00312C9A" w:rsidRDefault="00312C9A" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF01932" w14:textId="2A88A3BF" w:rsidR="00312C9A" w:rsidRDefault="00312C9A" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312C9A">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>This is a case</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where presumably the number of users of Yemen Net has not changed </w:t>
+      </w:r>
+      <w:r w:rsidR="00797E61">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">substantially </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(we cannot tell from here, as the only tool we have is Ad placement data), but the ad volumes have plummeted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134BDFD2" w14:textId="77777777" w:rsidR="00312C9A" w:rsidRDefault="00312C9A" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461CC1FF" w14:textId="77777777" w:rsidR="00D95785" w:rsidRDefault="00312C9A" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Can we "restore" the</w:t>
+      </w:r>
+      <w:r w:rsidR="003870E9">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calculation of market share for Yemen? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597AF7B4" w14:textId="77777777" w:rsidR="00D95785" w:rsidRDefault="00D95785" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129954B7" w14:textId="584B3D49" w:rsidR="00312C9A" w:rsidRDefault="00F07D3D" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the absence of any other </w:t>
+      </w:r>
+      <w:r w:rsidR="00564E7E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>data,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we can use the observation that the user population of Aden Net has been relatively steady in the first 4 months of 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00085F67">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, at an average of 2.03% of the total number of ad's presented to users located in Yemen (Figure 3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C409375" w14:textId="77777777" w:rsidR="00085F67" w:rsidRDefault="00085F67" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69137566" w14:textId="77777777" w:rsidR="00085F67" w:rsidRDefault="00085F67" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CBF2752" w14:textId="5056D2A6" w:rsidR="00F07D3D" w:rsidRDefault="00D95785" w:rsidP="00D95785">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DDC06D8" wp14:editId="1076C890">
+            <wp:extent cx="3792278" cy="2662582"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="4445"/>
+            <wp:docPr id="1553508315" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1553508315" name="Picture 1553508315"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3819884" cy="2681965"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E460533" w14:textId="0DACB57F" w:rsidR="00D95785" w:rsidRDefault="00D95785" w:rsidP="00D95785">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Share of Daily Ad placement volumes for Aden Net (AS 204317)- Jan – May 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27709E26" w14:textId="77777777" w:rsidR="00F07D3D" w:rsidRPr="00312C9A" w:rsidRDefault="00F07D3D" w:rsidP="00AD7B86">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9B58B7" w14:textId="77777777" w:rsidR="001762DA" w:rsidRPr="00D95785" w:rsidRDefault="001762DA" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60AFFDBD" w14:textId="3D22E95E" w:rsidR="008854DF" w:rsidRDefault="00D95785" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If we project this 2.03% market share for Aden Net number forward, and use a random noise factor of +/- 0.4% we can derive a ratio between the count of Ad impressions and the estimate of the network's user population. This same </w:t>
+      </w:r>
+      <w:r w:rsidR="006960A7">
+        <w:t xml:space="preserve">multiplier that is used for Aden Net users </w:t>
+      </w:r>
+      <w:r>
+        <w:t>can be applied to the other providers who service Yemeni users, namely Starlink (AS14593) and Cloudflare (AS 13335)</w:t>
+      </w:r>
+      <w:r w:rsidR="006960A7">
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r>
+        <w:t>his can provide us with an estimate of the total user population served by these three service providers. We also have an estimate of the total population of Internet users in th</w:t>
+      </w:r>
+      <w:r w:rsidR="006960A7">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> country, so </w:t>
+      </w:r>
+      <w:r w:rsidR="006960A7">
+        <w:t>we assume that the balance is served by Yemen Net</w:t>
+      </w:r>
+      <w:r w:rsidR="008854DF">
+        <w:t xml:space="preserve"> (Figure 4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413EA605" w14:textId="0CFE0559" w:rsidR="006E2FA1" w:rsidRDefault="008854DF" w:rsidP="008854DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="081FDDE2" wp14:editId="2128272D">
+            <wp:extent cx="4783956" cy="3358846"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:docPr id="1083715809" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1083715809" name="Picture 1083715809"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4795309" cy="3366817"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E035E7E" w14:textId="71B46012" w:rsidR="008854DF" w:rsidRDefault="008854DF" w:rsidP="008854DF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Share of Daily Ad placement volumes for all Yemeni ISPs - Jan  24 – November 2025</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="47BED2E3" w14:textId="77777777" w:rsidR="006E2FA1" w:rsidRDefault="006E2FA1" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="792C652C" w14:textId="07E7F304" w:rsidR="00EF0240" w:rsidRDefault="008854DF" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The daily figures for the share across the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0240">
+        <w:t xml:space="preserve">Yemeni </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ISPs are far noisier from June 2025 onward because instead of deriving these daily numbers from some 28,000 ad impressions per day</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0240">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> we are using the data from Aden Net, which receives some 600 ad impressions per day, and the multiplicative factor used to derive the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0240">
+        <w:t xml:space="preserve">far larger </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Yemen Net numbers amplifies the daily variations in the estimated populations of Starlink and Yemen Net users. It's not exactly satisfactory, but it’s the best that can be done with partial data in this case.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D291F77" w14:textId="76478B09" w:rsidR="00EF0240" w:rsidRDefault="00EF0240" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Conclusions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2048E339" w14:textId="06FF8CB5" w:rsidR="00EF0240" w:rsidRDefault="00EF0240" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The initial analysis of the anomalous data for Starlink users in some 20 countries lead to the conclusion that: "At APNIC Labs we've decided to override the Starlink geolocation data that refers to the 20 countries listed above and instead assign an “unclassified” designation to this part of the Starlink geolocation data."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3746D3F7" w14:textId="77777777" w:rsidR="00EF0240" w:rsidRDefault="00EF0240" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC9EE35" w14:textId="0B92F4E1" w:rsidR="00EF0240" w:rsidRDefault="00EF0240" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This second look at the </w:t>
+      </w:r>
+      <w:r w:rsidR="008045F3">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ituation in Yemen </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EFC">
+        <w:t>provides</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a lot more confidence in the fidelity of the Starlink geolocation data, and as a result I've removed th</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EFC">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> override </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EFC">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I installed at the end of September and restored the original data and derived tables of ISP market share for these 20 countries.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>There is still an outstanding geolocation question concerning ships at sea, aeroplanes in flight, and details of the ways Starlink manage</w:t>
+      </w:r>
+      <w:r w:rsidR="008045F3">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mobility and roaming, but Starlink is important enough </w:t>
+      </w:r>
+      <w:r w:rsidR="008045F3">
+        <w:t>in the over picture of market share in many countries that its unwise to arbitrarily reclassify this Starlink data for these 20 countries into the "unclassified" designation. Accordingly, I've restored the original data to the reports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F796BE" w14:textId="77777777" w:rsidR="008045F3" w:rsidRDefault="008045F3" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="353F3194" w14:textId="0B9DFAF2" w:rsidR="00D74EFC" w:rsidRDefault="00D74EFC" w:rsidP="00D74EFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">And what of the number of Starlink users world-wide? This data points to a current base of some 2.3M users, and a growth rate of 800,000 users per year so far (Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1401E">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1401E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545DD0B5" w14:textId="77777777" w:rsidR="00D74EFC" w:rsidRDefault="00D74EFC" w:rsidP="00D74EFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E1C96B5" w14:textId="77777777" w:rsidR="00D74EFC" w:rsidRDefault="00D74EFC" w:rsidP="00D74EFC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51AD7F0D" wp14:editId="07F0055F">
+            <wp:extent cx="4978304" cy="2861145"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="1369416991" name="Picture 4" descr="A graph on a white background&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1369416991" name="Picture 4" descr="A graph on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5003999" cy="2875912"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CE6743" w14:textId="77777777" w:rsidR="00D74EFC" w:rsidRDefault="00D74EFC" w:rsidP="00D74EFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E5C3016" w14:textId="555627FD" w:rsidR="00D74EFC" w:rsidRDefault="00D74EFC" w:rsidP="00D74EFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008654B5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Time Series of estimate of the number of users using Starlink services </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00D74EFC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>URL</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405FC617" w14:textId="77777777" w:rsidR="00D74EFC" w:rsidRDefault="00D74EFC" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40465711" w14:textId="13AC4BC7" w:rsidR="008045F3" w:rsidRDefault="008045F3" w:rsidP="00EF0240">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The reports of estimates of the user populations of networks can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00880756">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://stats.labs.apnic.net/aspop</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A6ECA5" w14:textId="2741C3B8" w:rsidR="00EF0240" w:rsidRDefault="00EF0240" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469B8B01" w14:textId="77777777" w:rsidR="008854DF" w:rsidRDefault="008854DF" w:rsidP="00BD79CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5980E90F" w14:textId="77777777" w:rsidR="008854DF" w:rsidRDefault="008854DF" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09EBE4C9" w14:textId="77777777" w:rsidR="00A80FE3" w:rsidRDefault="00A80FE3" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60B7DB14" w14:textId="77777777" w:rsidR="00A80FE3" w:rsidRDefault="00A80FE3" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C0A05DE" w14:textId="77777777" w:rsidR="00A80FE3" w:rsidRDefault="00A80FE3" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39AC6B85" w14:textId="77777777" w:rsidR="00A80FE3" w:rsidRDefault="00A80FE3" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FF0AF3E" w14:textId="25AA4724" w:rsidR="002C3C5B" w:rsidRPr="00E32438" w:rsidRDefault="002C3C5B" w:rsidP="00BD79CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E32438">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B96C4A" w14:textId="77777777" w:rsidR="00EF79DD" w:rsidRPr="001C0364" w:rsidRDefault="00EF79DD" w:rsidP="00924045">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BB38F7D" w14:textId="77777777" w:rsidR="00E83861" w:rsidRPr="001C0364" w:rsidRDefault="00FC03A8" w:rsidP="002F5D88">
+    <w:p w14:paraId="3BB38F7D" w14:textId="77777777" w:rsidR="00E83861" w:rsidRPr="001C0364" w:rsidRDefault="003F615D" w:rsidP="002F5D88">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...4 lines deleted...]
-        <w:pict w14:anchorId="036FBEDE">
+        <w:pict w14:anchorId="5F851A31">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:450pt;height:7.5pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="0" o:hralign="center" o:hr="t">
-            <v:imagedata r:id="rId20" o:title=""/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:450pt;height:7.5pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="0" o:hralign="center" o:hr="t">
+            <v:imagedata r:id="rId29" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7294931C" w14:textId="77777777" w:rsidR="00E83861" w:rsidRPr="001C0364" w:rsidRDefault="00E83861" w:rsidP="002F5D88">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001C0364">
         <w:t>Disclaimer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5377DBA7" w14:textId="77777777" w:rsidR="00E7467B" w:rsidRDefault="00E7467B" w:rsidP="00E472BF"/>
     <w:p w14:paraId="48DC9E2B" w14:textId="77777777" w:rsidR="00E83861" w:rsidRPr="001C0364" w:rsidRDefault="00E83861" w:rsidP="00EA5691">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="001C0364">
         <w:t>The above views do not necessarily represent the views or positions of the Asia Pacific Network Information Centre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52ACC158" w14:textId="77777777" w:rsidR="0072473F" w:rsidRPr="001C0364" w:rsidRDefault="00FC03A8" w:rsidP="002F5D88">
+    <w:p w14:paraId="52ACC158" w14:textId="77777777" w:rsidR="0072473F" w:rsidRPr="001C0364" w:rsidRDefault="003F615D" w:rsidP="002F5D88">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...6 lines deleted...]
-            <v:imagedata r:id="rId20" o:title=""/>
+        <w:pict w14:anchorId="0DDE0BA4">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:450pt;height:7.5pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="0" o:hralign="center" o:hr="t">
+            <v:imagedata r:id="rId29" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4882321F" w14:textId="77777777" w:rsidR="0072473F" w:rsidRPr="001C0364" w:rsidRDefault="0072473F" w:rsidP="002F5D88">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001C0364">
         <w:t>Author</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38326C10" w14:textId="77777777" w:rsidR="00E7467B" w:rsidRDefault="00E7467B" w:rsidP="00E472BF">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45C9B158" w14:textId="46BD6B01" w:rsidR="0072473F" w:rsidRDefault="0072473F" w:rsidP="00EA5691">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="001C0364">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Geoff Huston</w:t>
       </w:r>
       <w:r w:rsidRPr="001C0364">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00633C01">
         <w:t xml:space="preserve">AM, </w:t>
       </w:r>
       <w:r w:rsidRPr="001C0364">
         <w:t xml:space="preserve">M.Sc., is the Chief Scientist at APNIC, the Regional Internet Registry serving the Asia Pacific region. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48F9B932" w14:textId="77777777" w:rsidR="00E472BF" w:rsidRPr="001C0364" w:rsidRDefault="00E472BF" w:rsidP="00EA5691">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65A54DE4" w14:textId="77777777" w:rsidR="0072473F" w:rsidRPr="001C0364" w:rsidRDefault="0072473F" w:rsidP="00EA5691">
+    <w:p w14:paraId="65A54DE4" w14:textId="502EB7FF" w:rsidR="0072473F" w:rsidRPr="001C0364" w:rsidRDefault="001762DA" w:rsidP="00EA5691">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Lucida Grande"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="262626"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="001C0364">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00880756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Lucida Grande"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.potaroo.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="11AA0444" w14:textId="77777777" w:rsidR="0072473F" w:rsidRPr="001C0364" w:rsidRDefault="0072473F" w:rsidP="0072473F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42724F6A" w14:textId="77777777" w:rsidR="00124027" w:rsidRPr="001C0364" w:rsidRDefault="00124027" w:rsidP="00E47CB4">
       <w:pPr>
@@ -5249,72 +6075,72 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="2CFDC330" w14:textId="77777777" w:rsidR="002B3DF4" w:rsidRPr="001C0364" w:rsidRDefault="002B3DF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:cs="Monaco"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B004B9C" w14:textId="77777777" w:rsidR="00962AFF" w:rsidRPr="001C0364" w:rsidRDefault="00962AFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:cs="Monaco"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00962AFF" w:rsidRPr="001C0364" w:rsidSect="009C3067">
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67C06593" w14:textId="77777777" w:rsidR="00C04CEF" w:rsidRDefault="00C04CEF" w:rsidP="008866B3">
+    <w:p w14:paraId="749B774D" w14:textId="77777777" w:rsidR="003F615D" w:rsidRDefault="003F615D" w:rsidP="008866B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02F88179" w14:textId="77777777" w:rsidR="00C04CEF" w:rsidRDefault="00C04CEF" w:rsidP="008866B3">
+    <w:p w14:paraId="32ECBD8C" w14:textId="77777777" w:rsidR="003F615D" w:rsidRDefault="003F615D" w:rsidP="008866B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5469,58 +6295,58 @@
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>19</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32973D49" w14:textId="77777777" w:rsidR="00C04CEF" w:rsidRDefault="00C04CEF" w:rsidP="008866B3">
+    <w:p w14:paraId="783694F5" w14:textId="77777777" w:rsidR="003F615D" w:rsidRDefault="003F615D" w:rsidP="008866B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E24065C" w14:textId="77777777" w:rsidR="00C04CEF" w:rsidRDefault="00C04CEF" w:rsidP="008866B3">
+    <w:p w14:paraId="73A3BD81" w14:textId="77777777" w:rsidR="003F615D" w:rsidRDefault="003F615D" w:rsidP="008866B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008F1A09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8A21608"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -7866,51 +8692,50 @@
   <w:num w:numId="17" w16cid:durableId="1402678835">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="922446211">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1668903103">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="771045982">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="192"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7951,50 +8776,51 @@
     <w:rsid w:val="00040E25"/>
     <w:rsid w:val="000430CC"/>
     <w:rsid w:val="00050914"/>
     <w:rsid w:val="000510C7"/>
     <w:rsid w:val="000515F8"/>
     <w:rsid w:val="0005173D"/>
     <w:rsid w:val="00052686"/>
     <w:rsid w:val="00052FE5"/>
     <w:rsid w:val="00053877"/>
     <w:rsid w:val="000539E8"/>
     <w:rsid w:val="0005467F"/>
     <w:rsid w:val="00057340"/>
     <w:rsid w:val="00057503"/>
     <w:rsid w:val="00061EB1"/>
     <w:rsid w:val="0006321C"/>
     <w:rsid w:val="000638A6"/>
     <w:rsid w:val="00066739"/>
     <w:rsid w:val="000667C8"/>
     <w:rsid w:val="000730E5"/>
     <w:rsid w:val="000772C7"/>
     <w:rsid w:val="00080091"/>
     <w:rsid w:val="000804A7"/>
     <w:rsid w:val="00082CFD"/>
     <w:rsid w:val="00083B78"/>
     <w:rsid w:val="00084BDA"/>
+    <w:rsid w:val="00085F67"/>
     <w:rsid w:val="00087387"/>
     <w:rsid w:val="00090B2D"/>
     <w:rsid w:val="00092213"/>
     <w:rsid w:val="00094775"/>
     <w:rsid w:val="00094DBD"/>
     <w:rsid w:val="00096321"/>
     <w:rsid w:val="00096E38"/>
     <w:rsid w:val="000A007F"/>
     <w:rsid w:val="000A34A0"/>
     <w:rsid w:val="000A3C62"/>
     <w:rsid w:val="000A4CA6"/>
     <w:rsid w:val="000A4DE3"/>
     <w:rsid w:val="000A55B4"/>
     <w:rsid w:val="000B12E5"/>
     <w:rsid w:val="000B1486"/>
     <w:rsid w:val="000B1A21"/>
     <w:rsid w:val="000B2F3E"/>
     <w:rsid w:val="000B3D49"/>
     <w:rsid w:val="000B5293"/>
     <w:rsid w:val="000C001E"/>
     <w:rsid w:val="000C012E"/>
     <w:rsid w:val="000C04BF"/>
     <w:rsid w:val="000C04EA"/>
     <w:rsid w:val="000C2F47"/>
     <w:rsid w:val="000C303E"/>
@@ -8049,75 +8875,77 @@
     <w:rsid w:val="001421BA"/>
     <w:rsid w:val="00143EC2"/>
     <w:rsid w:val="00143F90"/>
     <w:rsid w:val="001447BB"/>
     <w:rsid w:val="001453C3"/>
     <w:rsid w:val="00145997"/>
     <w:rsid w:val="001464DE"/>
     <w:rsid w:val="0015222A"/>
     <w:rsid w:val="00155271"/>
     <w:rsid w:val="00155461"/>
     <w:rsid w:val="00155FC0"/>
     <w:rsid w:val="0015675A"/>
     <w:rsid w:val="00156AF1"/>
     <w:rsid w:val="00157820"/>
     <w:rsid w:val="00160CF4"/>
     <w:rsid w:val="00161FE0"/>
     <w:rsid w:val="001629AA"/>
     <w:rsid w:val="00162B83"/>
     <w:rsid w:val="00170023"/>
     <w:rsid w:val="00170DA5"/>
     <w:rsid w:val="001712C6"/>
     <w:rsid w:val="00172218"/>
     <w:rsid w:val="0017238D"/>
     <w:rsid w:val="001746F1"/>
     <w:rsid w:val="00174E18"/>
+    <w:rsid w:val="001762DA"/>
     <w:rsid w:val="001769B6"/>
     <w:rsid w:val="00177B3F"/>
     <w:rsid w:val="0018000E"/>
     <w:rsid w:val="0018060A"/>
     <w:rsid w:val="001815A9"/>
     <w:rsid w:val="0018189C"/>
     <w:rsid w:val="00181EB6"/>
     <w:rsid w:val="00181EB7"/>
     <w:rsid w:val="00183E5B"/>
     <w:rsid w:val="00183F53"/>
     <w:rsid w:val="00184B8F"/>
     <w:rsid w:val="00185595"/>
     <w:rsid w:val="001872AB"/>
     <w:rsid w:val="00187C57"/>
     <w:rsid w:val="001908B2"/>
     <w:rsid w:val="00193C47"/>
     <w:rsid w:val="001940EB"/>
     <w:rsid w:val="001947F7"/>
     <w:rsid w:val="00194A0C"/>
     <w:rsid w:val="0019657A"/>
     <w:rsid w:val="00196E76"/>
     <w:rsid w:val="001A0D0E"/>
     <w:rsid w:val="001A2ED1"/>
     <w:rsid w:val="001A4FC3"/>
     <w:rsid w:val="001A5AC9"/>
+    <w:rsid w:val="001A64F5"/>
     <w:rsid w:val="001A6B08"/>
     <w:rsid w:val="001A7801"/>
     <w:rsid w:val="001B13EF"/>
     <w:rsid w:val="001B1805"/>
     <w:rsid w:val="001B28B5"/>
     <w:rsid w:val="001B34D9"/>
     <w:rsid w:val="001C0183"/>
     <w:rsid w:val="001C0364"/>
     <w:rsid w:val="001C0470"/>
     <w:rsid w:val="001C07E3"/>
     <w:rsid w:val="001C0BFA"/>
     <w:rsid w:val="001C1DEC"/>
     <w:rsid w:val="001C3D59"/>
     <w:rsid w:val="001C4171"/>
     <w:rsid w:val="001C42EB"/>
     <w:rsid w:val="001C6B49"/>
     <w:rsid w:val="001D0362"/>
     <w:rsid w:val="001D0ADD"/>
     <w:rsid w:val="001D3756"/>
     <w:rsid w:val="001D3E23"/>
     <w:rsid w:val="001D4122"/>
     <w:rsid w:val="001D6CCD"/>
     <w:rsid w:val="001E1F42"/>
     <w:rsid w:val="001E3C89"/>
     <w:rsid w:val="001E3FC3"/>
@@ -8180,50 +9008,51 @@
     <w:rsid w:val="002602E4"/>
     <w:rsid w:val="00260561"/>
     <w:rsid w:val="002608E5"/>
     <w:rsid w:val="00261800"/>
     <w:rsid w:val="00265F8F"/>
     <w:rsid w:val="00267598"/>
     <w:rsid w:val="0026794F"/>
     <w:rsid w:val="0027179C"/>
     <w:rsid w:val="00271FE3"/>
     <w:rsid w:val="002728C9"/>
     <w:rsid w:val="00275A7F"/>
     <w:rsid w:val="0027733E"/>
     <w:rsid w:val="00280583"/>
     <w:rsid w:val="00280E00"/>
     <w:rsid w:val="00280EB4"/>
     <w:rsid w:val="0028286C"/>
     <w:rsid w:val="00283067"/>
     <w:rsid w:val="00283838"/>
     <w:rsid w:val="00283EEC"/>
     <w:rsid w:val="00285929"/>
     <w:rsid w:val="00286ADF"/>
     <w:rsid w:val="00287CDB"/>
     <w:rsid w:val="00287D56"/>
     <w:rsid w:val="00291575"/>
     <w:rsid w:val="00292426"/>
+    <w:rsid w:val="002950E6"/>
     <w:rsid w:val="002952E6"/>
     <w:rsid w:val="002956A2"/>
     <w:rsid w:val="00295FFF"/>
     <w:rsid w:val="002A12D0"/>
     <w:rsid w:val="002A19B3"/>
     <w:rsid w:val="002A27B0"/>
     <w:rsid w:val="002A3481"/>
     <w:rsid w:val="002A4093"/>
     <w:rsid w:val="002A5133"/>
     <w:rsid w:val="002A6BA4"/>
     <w:rsid w:val="002B1019"/>
     <w:rsid w:val="002B1FF3"/>
     <w:rsid w:val="002B20D0"/>
     <w:rsid w:val="002B2AA7"/>
     <w:rsid w:val="002B37C8"/>
     <w:rsid w:val="002B3DF4"/>
     <w:rsid w:val="002B3F61"/>
     <w:rsid w:val="002B4FBF"/>
     <w:rsid w:val="002B5531"/>
     <w:rsid w:val="002C134D"/>
     <w:rsid w:val="002C1EAC"/>
     <w:rsid w:val="002C398E"/>
     <w:rsid w:val="002C39B8"/>
     <w:rsid w:val="002C3C5B"/>
     <w:rsid w:val="002C4A53"/>
@@ -8246,50 +9075,51 @@
     <w:rsid w:val="002E2F02"/>
     <w:rsid w:val="002E570F"/>
     <w:rsid w:val="002E67FF"/>
     <w:rsid w:val="002E717A"/>
     <w:rsid w:val="002E741B"/>
     <w:rsid w:val="002F06B9"/>
     <w:rsid w:val="002F271F"/>
     <w:rsid w:val="002F27FA"/>
     <w:rsid w:val="002F2892"/>
     <w:rsid w:val="002F2A2C"/>
     <w:rsid w:val="002F4506"/>
     <w:rsid w:val="002F4EA7"/>
     <w:rsid w:val="002F5D38"/>
     <w:rsid w:val="002F5D88"/>
     <w:rsid w:val="00300A7E"/>
     <w:rsid w:val="0030155E"/>
     <w:rsid w:val="00302679"/>
     <w:rsid w:val="00302704"/>
     <w:rsid w:val="00302A8F"/>
     <w:rsid w:val="0030667D"/>
     <w:rsid w:val="00307EC9"/>
     <w:rsid w:val="003108C1"/>
     <w:rsid w:val="00310F17"/>
     <w:rsid w:val="00311AEE"/>
     <w:rsid w:val="00312399"/>
+    <w:rsid w:val="00312C9A"/>
     <w:rsid w:val="003139A0"/>
     <w:rsid w:val="00317FEC"/>
     <w:rsid w:val="003211A7"/>
     <w:rsid w:val="00322ACD"/>
     <w:rsid w:val="00323169"/>
     <w:rsid w:val="003240B9"/>
     <w:rsid w:val="003246C5"/>
     <w:rsid w:val="00325A72"/>
     <w:rsid w:val="00325CD1"/>
     <w:rsid w:val="00327AAF"/>
     <w:rsid w:val="00327ABB"/>
     <w:rsid w:val="00327C4F"/>
     <w:rsid w:val="0033175C"/>
     <w:rsid w:val="00332529"/>
     <w:rsid w:val="003325E5"/>
     <w:rsid w:val="00333640"/>
     <w:rsid w:val="00334553"/>
     <w:rsid w:val="00334837"/>
     <w:rsid w:val="003358E9"/>
     <w:rsid w:val="003369F2"/>
     <w:rsid w:val="00336FF3"/>
     <w:rsid w:val="00340449"/>
     <w:rsid w:val="00341681"/>
     <w:rsid w:val="0034242C"/>
     <w:rsid w:val="003436D5"/>
@@ -8303,50 +9133,51 @@
     <w:rsid w:val="00351870"/>
     <w:rsid w:val="003521ED"/>
     <w:rsid w:val="00353B2B"/>
     <w:rsid w:val="00356D62"/>
     <w:rsid w:val="003575CD"/>
     <w:rsid w:val="00360597"/>
     <w:rsid w:val="00364F48"/>
     <w:rsid w:val="00367D0A"/>
     <w:rsid w:val="0037154D"/>
     <w:rsid w:val="0037198E"/>
     <w:rsid w:val="003728F0"/>
     <w:rsid w:val="00372F94"/>
     <w:rsid w:val="00374103"/>
     <w:rsid w:val="003752EC"/>
     <w:rsid w:val="00375597"/>
     <w:rsid w:val="00376DE3"/>
     <w:rsid w:val="00377232"/>
     <w:rsid w:val="00380A38"/>
     <w:rsid w:val="00380A9E"/>
     <w:rsid w:val="00380CEF"/>
     <w:rsid w:val="00383D4D"/>
     <w:rsid w:val="003867BE"/>
     <w:rsid w:val="003869A7"/>
     <w:rsid w:val="00386E20"/>
     <w:rsid w:val="00386ED8"/>
+    <w:rsid w:val="003870E9"/>
     <w:rsid w:val="00390667"/>
     <w:rsid w:val="00391D07"/>
     <w:rsid w:val="00392EC1"/>
     <w:rsid w:val="00393ED2"/>
     <w:rsid w:val="003948A5"/>
     <w:rsid w:val="0039575F"/>
     <w:rsid w:val="00395E9B"/>
     <w:rsid w:val="0039625F"/>
     <w:rsid w:val="00396565"/>
     <w:rsid w:val="0039771F"/>
     <w:rsid w:val="003A049C"/>
     <w:rsid w:val="003A0C75"/>
     <w:rsid w:val="003A2C2A"/>
     <w:rsid w:val="003A2CC7"/>
     <w:rsid w:val="003A6939"/>
     <w:rsid w:val="003A7E8F"/>
     <w:rsid w:val="003B5108"/>
     <w:rsid w:val="003B77C7"/>
     <w:rsid w:val="003C0556"/>
     <w:rsid w:val="003C1794"/>
     <w:rsid w:val="003C1AD7"/>
     <w:rsid w:val="003C26B7"/>
     <w:rsid w:val="003C30B9"/>
     <w:rsid w:val="003C3467"/>
     <w:rsid w:val="003C37D5"/>
@@ -8356,75 +9187,77 @@
     <w:rsid w:val="003D00B2"/>
     <w:rsid w:val="003D15B5"/>
     <w:rsid w:val="003D27BB"/>
     <w:rsid w:val="003D2A4A"/>
     <w:rsid w:val="003D30CB"/>
     <w:rsid w:val="003D3955"/>
     <w:rsid w:val="003D4280"/>
     <w:rsid w:val="003D479D"/>
     <w:rsid w:val="003D4EC9"/>
     <w:rsid w:val="003D5E14"/>
     <w:rsid w:val="003E20E1"/>
     <w:rsid w:val="003E2646"/>
     <w:rsid w:val="003E4C04"/>
     <w:rsid w:val="003E4F2C"/>
     <w:rsid w:val="003E55CB"/>
     <w:rsid w:val="003E58F2"/>
     <w:rsid w:val="003E6589"/>
     <w:rsid w:val="003E7C93"/>
     <w:rsid w:val="003F094B"/>
     <w:rsid w:val="003F1657"/>
     <w:rsid w:val="003F326A"/>
     <w:rsid w:val="003F40E7"/>
     <w:rsid w:val="003F4526"/>
     <w:rsid w:val="003F4F34"/>
     <w:rsid w:val="003F5094"/>
+    <w:rsid w:val="003F615D"/>
     <w:rsid w:val="00400C78"/>
     <w:rsid w:val="004024E5"/>
     <w:rsid w:val="00402AA2"/>
     <w:rsid w:val="004044DE"/>
     <w:rsid w:val="00405B63"/>
     <w:rsid w:val="00406042"/>
     <w:rsid w:val="00407F55"/>
     <w:rsid w:val="00410313"/>
     <w:rsid w:val="0041241C"/>
     <w:rsid w:val="00412767"/>
     <w:rsid w:val="00413962"/>
     <w:rsid w:val="00413FB9"/>
     <w:rsid w:val="0041504A"/>
     <w:rsid w:val="004155C7"/>
     <w:rsid w:val="0041606F"/>
     <w:rsid w:val="00416D02"/>
     <w:rsid w:val="0042114C"/>
     <w:rsid w:val="00423B7A"/>
     <w:rsid w:val="004240C2"/>
     <w:rsid w:val="00424422"/>
     <w:rsid w:val="00424917"/>
     <w:rsid w:val="00426939"/>
     <w:rsid w:val="004275D7"/>
     <w:rsid w:val="00427F30"/>
     <w:rsid w:val="0043194C"/>
+    <w:rsid w:val="00431C87"/>
     <w:rsid w:val="00431D20"/>
     <w:rsid w:val="00432563"/>
     <w:rsid w:val="00435116"/>
     <w:rsid w:val="00435A3E"/>
     <w:rsid w:val="0043783F"/>
     <w:rsid w:val="004403E0"/>
     <w:rsid w:val="00441106"/>
     <w:rsid w:val="00443CF1"/>
     <w:rsid w:val="00444E84"/>
     <w:rsid w:val="0044502E"/>
     <w:rsid w:val="004468AE"/>
     <w:rsid w:val="00446E88"/>
     <w:rsid w:val="00450993"/>
     <w:rsid w:val="004515B5"/>
     <w:rsid w:val="00452A89"/>
     <w:rsid w:val="0045402D"/>
     <w:rsid w:val="0045497C"/>
     <w:rsid w:val="004554D4"/>
     <w:rsid w:val="004568D8"/>
     <w:rsid w:val="004575F0"/>
     <w:rsid w:val="00457E20"/>
     <w:rsid w:val="00460A39"/>
     <w:rsid w:val="00461576"/>
     <w:rsid w:val="00465362"/>
     <w:rsid w:val="00465A5E"/>
@@ -8442,50 +9275,51 @@
     <w:rsid w:val="00482D08"/>
     <w:rsid w:val="0048355A"/>
     <w:rsid w:val="00483C7C"/>
     <w:rsid w:val="00484252"/>
     <w:rsid w:val="004857F8"/>
     <w:rsid w:val="00486E7C"/>
     <w:rsid w:val="00492864"/>
     <w:rsid w:val="004929B5"/>
     <w:rsid w:val="004946E7"/>
     <w:rsid w:val="00495164"/>
     <w:rsid w:val="00496219"/>
     <w:rsid w:val="00497114"/>
     <w:rsid w:val="00497DBC"/>
     <w:rsid w:val="004A0428"/>
     <w:rsid w:val="004A32C3"/>
     <w:rsid w:val="004A3C15"/>
     <w:rsid w:val="004A4B8C"/>
     <w:rsid w:val="004A5258"/>
     <w:rsid w:val="004A5855"/>
     <w:rsid w:val="004A5EF3"/>
     <w:rsid w:val="004A7386"/>
     <w:rsid w:val="004B0320"/>
     <w:rsid w:val="004B2279"/>
     <w:rsid w:val="004B22A1"/>
     <w:rsid w:val="004B478D"/>
+    <w:rsid w:val="004B52ED"/>
     <w:rsid w:val="004B72CA"/>
     <w:rsid w:val="004B78D9"/>
     <w:rsid w:val="004C254D"/>
     <w:rsid w:val="004C3D2E"/>
     <w:rsid w:val="004C409C"/>
     <w:rsid w:val="004C5CEA"/>
     <w:rsid w:val="004C7418"/>
     <w:rsid w:val="004C745B"/>
     <w:rsid w:val="004D009C"/>
     <w:rsid w:val="004D0F65"/>
     <w:rsid w:val="004D2ABF"/>
     <w:rsid w:val="004D421A"/>
     <w:rsid w:val="004D570B"/>
     <w:rsid w:val="004D6534"/>
     <w:rsid w:val="004D6B5E"/>
     <w:rsid w:val="004D7101"/>
     <w:rsid w:val="004E0FD5"/>
     <w:rsid w:val="004E1D2A"/>
     <w:rsid w:val="004E4607"/>
     <w:rsid w:val="004E6353"/>
     <w:rsid w:val="004F035D"/>
     <w:rsid w:val="004F2C2F"/>
     <w:rsid w:val="004F2F7A"/>
     <w:rsid w:val="004F5920"/>
     <w:rsid w:val="004F5BC4"/>
@@ -8518,50 +9352,51 @@
     <w:rsid w:val="005401E1"/>
     <w:rsid w:val="0054036B"/>
     <w:rsid w:val="00540FF4"/>
     <w:rsid w:val="00542588"/>
     <w:rsid w:val="00543A34"/>
     <w:rsid w:val="00544A17"/>
     <w:rsid w:val="0054577C"/>
     <w:rsid w:val="005477F8"/>
     <w:rsid w:val="00547AF2"/>
     <w:rsid w:val="00550131"/>
     <w:rsid w:val="005518CD"/>
     <w:rsid w:val="0055324B"/>
     <w:rsid w:val="005536E4"/>
     <w:rsid w:val="00553BE8"/>
     <w:rsid w:val="00553C2F"/>
     <w:rsid w:val="005548E0"/>
     <w:rsid w:val="00554AA4"/>
     <w:rsid w:val="00554F29"/>
     <w:rsid w:val="005550B3"/>
     <w:rsid w:val="00556AAA"/>
     <w:rsid w:val="0055781B"/>
     <w:rsid w:val="0056172D"/>
     <w:rsid w:val="00561EBE"/>
     <w:rsid w:val="005649EA"/>
     <w:rsid w:val="00564CBB"/>
+    <w:rsid w:val="00564E7E"/>
     <w:rsid w:val="005671A0"/>
     <w:rsid w:val="00573186"/>
     <w:rsid w:val="005731B7"/>
     <w:rsid w:val="00575ABA"/>
     <w:rsid w:val="00575C65"/>
     <w:rsid w:val="00576C45"/>
     <w:rsid w:val="00580280"/>
     <w:rsid w:val="00580EE7"/>
     <w:rsid w:val="00581947"/>
     <w:rsid w:val="00584328"/>
     <w:rsid w:val="00584E40"/>
     <w:rsid w:val="00585ACC"/>
     <w:rsid w:val="00586500"/>
     <w:rsid w:val="00586C1A"/>
     <w:rsid w:val="0058789D"/>
     <w:rsid w:val="005917B2"/>
     <w:rsid w:val="00592639"/>
     <w:rsid w:val="00593B5C"/>
     <w:rsid w:val="00595D55"/>
     <w:rsid w:val="00595F00"/>
     <w:rsid w:val="00595F3D"/>
     <w:rsid w:val="0059685B"/>
     <w:rsid w:val="00596A74"/>
     <w:rsid w:val="00597489"/>
     <w:rsid w:val="005975F8"/>
@@ -8667,71 +9502,73 @@
     <w:rsid w:val="00670FF9"/>
     <w:rsid w:val="006715B3"/>
     <w:rsid w:val="00672021"/>
     <w:rsid w:val="00672133"/>
     <w:rsid w:val="00672A2A"/>
     <w:rsid w:val="006732D9"/>
     <w:rsid w:val="00675DF2"/>
     <w:rsid w:val="00675EB2"/>
     <w:rsid w:val="00676271"/>
     <w:rsid w:val="00676671"/>
     <w:rsid w:val="00676FB7"/>
     <w:rsid w:val="006804B0"/>
     <w:rsid w:val="0068292D"/>
     <w:rsid w:val="006833FA"/>
     <w:rsid w:val="00683690"/>
     <w:rsid w:val="00683D59"/>
     <w:rsid w:val="00685E87"/>
     <w:rsid w:val="006875F2"/>
     <w:rsid w:val="006908C7"/>
     <w:rsid w:val="00690A28"/>
     <w:rsid w:val="00690EA1"/>
     <w:rsid w:val="00691A01"/>
     <w:rsid w:val="00691BFF"/>
     <w:rsid w:val="00694651"/>
     <w:rsid w:val="00694ABD"/>
+    <w:rsid w:val="006960A7"/>
     <w:rsid w:val="00697649"/>
     <w:rsid w:val="006A06A3"/>
     <w:rsid w:val="006A104D"/>
     <w:rsid w:val="006A211C"/>
     <w:rsid w:val="006A278A"/>
     <w:rsid w:val="006A480D"/>
     <w:rsid w:val="006A5F42"/>
     <w:rsid w:val="006A6870"/>
     <w:rsid w:val="006B0BBA"/>
     <w:rsid w:val="006B1E05"/>
     <w:rsid w:val="006B2C48"/>
     <w:rsid w:val="006B3CA3"/>
     <w:rsid w:val="006B56A5"/>
     <w:rsid w:val="006B587D"/>
     <w:rsid w:val="006B5A18"/>
     <w:rsid w:val="006B5AAA"/>
     <w:rsid w:val="006B6DA6"/>
     <w:rsid w:val="006B71C7"/>
     <w:rsid w:val="006C1B7C"/>
     <w:rsid w:val="006C1C26"/>
     <w:rsid w:val="006C291D"/>
+    <w:rsid w:val="006C3010"/>
     <w:rsid w:val="006C30E8"/>
     <w:rsid w:val="006C5279"/>
     <w:rsid w:val="006C6246"/>
     <w:rsid w:val="006C64BA"/>
     <w:rsid w:val="006C6864"/>
     <w:rsid w:val="006C7B10"/>
     <w:rsid w:val="006D09A8"/>
     <w:rsid w:val="006D09C2"/>
     <w:rsid w:val="006D09CB"/>
     <w:rsid w:val="006D287D"/>
     <w:rsid w:val="006D4023"/>
     <w:rsid w:val="006D44AF"/>
     <w:rsid w:val="006D4C41"/>
     <w:rsid w:val="006D6591"/>
     <w:rsid w:val="006D72E3"/>
     <w:rsid w:val="006E2100"/>
     <w:rsid w:val="006E2BEA"/>
     <w:rsid w:val="006E2FA1"/>
     <w:rsid w:val="006E37B1"/>
     <w:rsid w:val="006E459B"/>
     <w:rsid w:val="006E6223"/>
     <w:rsid w:val="006E76C7"/>
     <w:rsid w:val="006E76DD"/>
     <w:rsid w:val="006F109F"/>
     <w:rsid w:val="006F28D4"/>
@@ -8794,50 +9631,51 @@
     <w:rsid w:val="00770191"/>
     <w:rsid w:val="00773BF7"/>
     <w:rsid w:val="007742EF"/>
     <w:rsid w:val="00774F3B"/>
     <w:rsid w:val="00777FF1"/>
     <w:rsid w:val="00780987"/>
     <w:rsid w:val="00780A4B"/>
     <w:rsid w:val="007810EC"/>
     <w:rsid w:val="0078181B"/>
     <w:rsid w:val="007818A9"/>
     <w:rsid w:val="007824F1"/>
     <w:rsid w:val="00782837"/>
     <w:rsid w:val="00782F35"/>
     <w:rsid w:val="007832FC"/>
     <w:rsid w:val="00784F62"/>
     <w:rsid w:val="007851C4"/>
     <w:rsid w:val="00786685"/>
     <w:rsid w:val="00790E1B"/>
     <w:rsid w:val="007919EC"/>
     <w:rsid w:val="0079226B"/>
     <w:rsid w:val="007922EB"/>
     <w:rsid w:val="007942CD"/>
     <w:rsid w:val="007960B6"/>
     <w:rsid w:val="0079628C"/>
     <w:rsid w:val="00797159"/>
+    <w:rsid w:val="00797E61"/>
     <w:rsid w:val="007A1E4E"/>
     <w:rsid w:val="007A2E53"/>
     <w:rsid w:val="007A3C90"/>
     <w:rsid w:val="007A421D"/>
     <w:rsid w:val="007A4E72"/>
     <w:rsid w:val="007A66E2"/>
     <w:rsid w:val="007A6E36"/>
     <w:rsid w:val="007A7295"/>
     <w:rsid w:val="007A7FA4"/>
     <w:rsid w:val="007B0491"/>
     <w:rsid w:val="007B26ED"/>
     <w:rsid w:val="007B414F"/>
     <w:rsid w:val="007B4285"/>
     <w:rsid w:val="007B42A0"/>
     <w:rsid w:val="007B4853"/>
     <w:rsid w:val="007B4B26"/>
     <w:rsid w:val="007B5503"/>
     <w:rsid w:val="007C2DCD"/>
     <w:rsid w:val="007C3EAF"/>
     <w:rsid w:val="007C4160"/>
     <w:rsid w:val="007C53F4"/>
     <w:rsid w:val="007C583C"/>
     <w:rsid w:val="007C7311"/>
     <w:rsid w:val="007C7490"/>
     <w:rsid w:val="007C74B7"/>
@@ -8846,50 +9684,51 @@
     <w:rsid w:val="007D0E4E"/>
     <w:rsid w:val="007D0E6B"/>
     <w:rsid w:val="007D350F"/>
     <w:rsid w:val="007D4BB2"/>
     <w:rsid w:val="007D4D5B"/>
     <w:rsid w:val="007D6C27"/>
     <w:rsid w:val="007E0832"/>
     <w:rsid w:val="007E10E8"/>
     <w:rsid w:val="007E161A"/>
     <w:rsid w:val="007E1ACA"/>
     <w:rsid w:val="007E268C"/>
     <w:rsid w:val="007E3887"/>
     <w:rsid w:val="007E4A4A"/>
     <w:rsid w:val="007E6483"/>
     <w:rsid w:val="007E6F2F"/>
     <w:rsid w:val="007F1596"/>
     <w:rsid w:val="007F179D"/>
     <w:rsid w:val="007F3646"/>
     <w:rsid w:val="007F570E"/>
     <w:rsid w:val="007F5A0A"/>
     <w:rsid w:val="007F7897"/>
     <w:rsid w:val="008000CD"/>
     <w:rsid w:val="00800AB7"/>
     <w:rsid w:val="008023EC"/>
     <w:rsid w:val="00804156"/>
+    <w:rsid w:val="008045F3"/>
     <w:rsid w:val="0080481E"/>
     <w:rsid w:val="0080483E"/>
     <w:rsid w:val="00806DC9"/>
     <w:rsid w:val="00806DED"/>
     <w:rsid w:val="00807A42"/>
     <w:rsid w:val="00810DB4"/>
     <w:rsid w:val="0081431A"/>
     <w:rsid w:val="008153EB"/>
     <w:rsid w:val="00815B24"/>
     <w:rsid w:val="008178A8"/>
     <w:rsid w:val="00817C33"/>
     <w:rsid w:val="00820AD5"/>
     <w:rsid w:val="008217C2"/>
     <w:rsid w:val="00822495"/>
     <w:rsid w:val="00822FC3"/>
     <w:rsid w:val="00824490"/>
     <w:rsid w:val="0082465C"/>
     <w:rsid w:val="008255AC"/>
     <w:rsid w:val="00826264"/>
     <w:rsid w:val="008279B2"/>
     <w:rsid w:val="0083047B"/>
     <w:rsid w:val="008305F0"/>
     <w:rsid w:val="0083080F"/>
     <w:rsid w:val="00830E1F"/>
     <w:rsid w:val="00830E9D"/>
@@ -8925,50 +9764,51 @@
     <w:rsid w:val="008608C3"/>
     <w:rsid w:val="00861A6B"/>
     <w:rsid w:val="00863CE1"/>
     <w:rsid w:val="008654B5"/>
     <w:rsid w:val="008658D6"/>
     <w:rsid w:val="00865F7B"/>
     <w:rsid w:val="00866A18"/>
     <w:rsid w:val="00866EDC"/>
     <w:rsid w:val="00867D33"/>
     <w:rsid w:val="0087269F"/>
     <w:rsid w:val="00872BD4"/>
     <w:rsid w:val="00875054"/>
     <w:rsid w:val="0087518F"/>
     <w:rsid w:val="0087597A"/>
     <w:rsid w:val="008759E3"/>
     <w:rsid w:val="008763F5"/>
     <w:rsid w:val="0087643F"/>
     <w:rsid w:val="00877CA0"/>
     <w:rsid w:val="00880068"/>
     <w:rsid w:val="008807E3"/>
     <w:rsid w:val="00880F0F"/>
     <w:rsid w:val="00881358"/>
     <w:rsid w:val="00882111"/>
     <w:rsid w:val="008844C0"/>
     <w:rsid w:val="00885399"/>
+    <w:rsid w:val="008854DF"/>
     <w:rsid w:val="008866B3"/>
     <w:rsid w:val="00886847"/>
     <w:rsid w:val="0088715B"/>
     <w:rsid w:val="0088744F"/>
     <w:rsid w:val="00887A5F"/>
     <w:rsid w:val="00891229"/>
     <w:rsid w:val="00891DE1"/>
     <w:rsid w:val="008950C1"/>
     <w:rsid w:val="00895650"/>
     <w:rsid w:val="0089770A"/>
     <w:rsid w:val="00897730"/>
     <w:rsid w:val="008A2440"/>
     <w:rsid w:val="008A33C0"/>
     <w:rsid w:val="008A39EA"/>
     <w:rsid w:val="008A3EE7"/>
     <w:rsid w:val="008A40FA"/>
     <w:rsid w:val="008A47E9"/>
     <w:rsid w:val="008A5D33"/>
     <w:rsid w:val="008A71BC"/>
     <w:rsid w:val="008B0599"/>
     <w:rsid w:val="008B147D"/>
     <w:rsid w:val="008B21A2"/>
     <w:rsid w:val="008B4002"/>
     <w:rsid w:val="008B4AF7"/>
     <w:rsid w:val="008B634E"/>
@@ -9034,50 +9874,51 @@
     <w:rsid w:val="0092045E"/>
     <w:rsid w:val="00922ACA"/>
     <w:rsid w:val="00924045"/>
     <w:rsid w:val="0092630F"/>
     <w:rsid w:val="00927CFD"/>
     <w:rsid w:val="00930212"/>
     <w:rsid w:val="00930F2A"/>
     <w:rsid w:val="00932F25"/>
     <w:rsid w:val="009346E6"/>
     <w:rsid w:val="00934F11"/>
     <w:rsid w:val="009351DE"/>
     <w:rsid w:val="00942E15"/>
     <w:rsid w:val="00943622"/>
     <w:rsid w:val="00944BB3"/>
     <w:rsid w:val="0094513A"/>
     <w:rsid w:val="00950AA4"/>
     <w:rsid w:val="00950ED0"/>
     <w:rsid w:val="009521BC"/>
     <w:rsid w:val="009523D9"/>
     <w:rsid w:val="00952F68"/>
     <w:rsid w:val="00953429"/>
     <w:rsid w:val="009553D5"/>
     <w:rsid w:val="00955F64"/>
     <w:rsid w:val="00957841"/>
     <w:rsid w:val="009619E7"/>
+    <w:rsid w:val="009624C9"/>
     <w:rsid w:val="00962AFF"/>
     <w:rsid w:val="00963EC0"/>
     <w:rsid w:val="009660ED"/>
     <w:rsid w:val="00966305"/>
     <w:rsid w:val="009676B6"/>
     <w:rsid w:val="009676F3"/>
     <w:rsid w:val="00970B16"/>
     <w:rsid w:val="00974A43"/>
     <w:rsid w:val="00974FEF"/>
     <w:rsid w:val="009752ED"/>
     <w:rsid w:val="00975C25"/>
     <w:rsid w:val="0097621A"/>
     <w:rsid w:val="00977760"/>
     <w:rsid w:val="0097792F"/>
     <w:rsid w:val="00980174"/>
     <w:rsid w:val="00980CBD"/>
     <w:rsid w:val="00982B06"/>
     <w:rsid w:val="009847FE"/>
     <w:rsid w:val="009856A4"/>
     <w:rsid w:val="00985D63"/>
     <w:rsid w:val="00986069"/>
     <w:rsid w:val="009863FD"/>
     <w:rsid w:val="009875B5"/>
     <w:rsid w:val="009875F7"/>
     <w:rsid w:val="00993991"/>
@@ -9138,50 +9979,51 @@
     <w:rsid w:val="00A03E47"/>
     <w:rsid w:val="00A04112"/>
     <w:rsid w:val="00A04B97"/>
     <w:rsid w:val="00A05608"/>
     <w:rsid w:val="00A06466"/>
     <w:rsid w:val="00A105A0"/>
     <w:rsid w:val="00A1541B"/>
     <w:rsid w:val="00A15B45"/>
     <w:rsid w:val="00A15BDA"/>
     <w:rsid w:val="00A165BF"/>
     <w:rsid w:val="00A22257"/>
     <w:rsid w:val="00A24EE0"/>
     <w:rsid w:val="00A25AB3"/>
     <w:rsid w:val="00A25D44"/>
     <w:rsid w:val="00A266DA"/>
     <w:rsid w:val="00A307F0"/>
     <w:rsid w:val="00A323BE"/>
     <w:rsid w:val="00A3280C"/>
     <w:rsid w:val="00A33448"/>
     <w:rsid w:val="00A35BEE"/>
     <w:rsid w:val="00A363AE"/>
     <w:rsid w:val="00A4337F"/>
     <w:rsid w:val="00A4401E"/>
     <w:rsid w:val="00A44CEC"/>
     <w:rsid w:val="00A45A99"/>
+    <w:rsid w:val="00A46091"/>
     <w:rsid w:val="00A5113E"/>
     <w:rsid w:val="00A532E4"/>
     <w:rsid w:val="00A54E01"/>
     <w:rsid w:val="00A55A55"/>
     <w:rsid w:val="00A5651E"/>
     <w:rsid w:val="00A567B4"/>
     <w:rsid w:val="00A56EE0"/>
     <w:rsid w:val="00A62308"/>
     <w:rsid w:val="00A64824"/>
     <w:rsid w:val="00A71678"/>
     <w:rsid w:val="00A7221B"/>
     <w:rsid w:val="00A73358"/>
     <w:rsid w:val="00A75C3A"/>
     <w:rsid w:val="00A77902"/>
     <w:rsid w:val="00A80B45"/>
     <w:rsid w:val="00A80FE3"/>
     <w:rsid w:val="00A82572"/>
     <w:rsid w:val="00A84AB0"/>
     <w:rsid w:val="00A8605E"/>
     <w:rsid w:val="00A86E59"/>
     <w:rsid w:val="00A911D9"/>
     <w:rsid w:val="00A91B44"/>
     <w:rsid w:val="00A91E9A"/>
     <w:rsid w:val="00A9317F"/>
     <w:rsid w:val="00A94521"/>
@@ -9199,50 +10041,51 @@
     <w:rsid w:val="00AA4D83"/>
     <w:rsid w:val="00AA56B2"/>
     <w:rsid w:val="00AA60B1"/>
     <w:rsid w:val="00AA617E"/>
     <w:rsid w:val="00AA62F0"/>
     <w:rsid w:val="00AA707A"/>
     <w:rsid w:val="00AB0B2B"/>
     <w:rsid w:val="00AB1092"/>
     <w:rsid w:val="00AB1E68"/>
     <w:rsid w:val="00AB2B70"/>
     <w:rsid w:val="00AB7E3A"/>
     <w:rsid w:val="00AC1BF6"/>
     <w:rsid w:val="00AC208F"/>
     <w:rsid w:val="00AC2532"/>
     <w:rsid w:val="00AC3DD7"/>
     <w:rsid w:val="00AC451F"/>
     <w:rsid w:val="00AC5424"/>
     <w:rsid w:val="00AC5746"/>
     <w:rsid w:val="00AC57B9"/>
     <w:rsid w:val="00AD0F6D"/>
     <w:rsid w:val="00AD4720"/>
     <w:rsid w:val="00AD4890"/>
     <w:rsid w:val="00AD4D91"/>
     <w:rsid w:val="00AD64C0"/>
     <w:rsid w:val="00AD78C6"/>
+    <w:rsid w:val="00AD7B86"/>
     <w:rsid w:val="00AE0CA0"/>
     <w:rsid w:val="00AE1C6C"/>
     <w:rsid w:val="00AE2A5E"/>
     <w:rsid w:val="00AE2AE7"/>
     <w:rsid w:val="00AE2FC1"/>
     <w:rsid w:val="00AE42DB"/>
     <w:rsid w:val="00AE5A76"/>
     <w:rsid w:val="00AE6AEC"/>
     <w:rsid w:val="00AE74F2"/>
     <w:rsid w:val="00AF0BC5"/>
     <w:rsid w:val="00AF30EC"/>
     <w:rsid w:val="00AF3DDD"/>
     <w:rsid w:val="00AF4C9B"/>
     <w:rsid w:val="00B0113D"/>
     <w:rsid w:val="00B023E6"/>
     <w:rsid w:val="00B06478"/>
     <w:rsid w:val="00B06F99"/>
     <w:rsid w:val="00B1060E"/>
     <w:rsid w:val="00B1093D"/>
     <w:rsid w:val="00B10BC7"/>
     <w:rsid w:val="00B113F2"/>
     <w:rsid w:val="00B12A5E"/>
     <w:rsid w:val="00B130FF"/>
     <w:rsid w:val="00B14A89"/>
     <w:rsid w:val="00B16D85"/>
@@ -9270,50 +10113,51 @@
     <w:rsid w:val="00B45B1A"/>
     <w:rsid w:val="00B45DB9"/>
     <w:rsid w:val="00B45F29"/>
     <w:rsid w:val="00B46196"/>
     <w:rsid w:val="00B47B07"/>
     <w:rsid w:val="00B50F6E"/>
     <w:rsid w:val="00B51FD5"/>
     <w:rsid w:val="00B521C1"/>
     <w:rsid w:val="00B54924"/>
     <w:rsid w:val="00B55917"/>
     <w:rsid w:val="00B56AD6"/>
     <w:rsid w:val="00B56C98"/>
     <w:rsid w:val="00B57091"/>
     <w:rsid w:val="00B57F1D"/>
     <w:rsid w:val="00B62FA3"/>
     <w:rsid w:val="00B63EC7"/>
     <w:rsid w:val="00B64252"/>
     <w:rsid w:val="00B64AE8"/>
     <w:rsid w:val="00B650F5"/>
     <w:rsid w:val="00B651BC"/>
     <w:rsid w:val="00B6542F"/>
     <w:rsid w:val="00B6709E"/>
     <w:rsid w:val="00B67346"/>
     <w:rsid w:val="00B67364"/>
     <w:rsid w:val="00B70E6E"/>
+    <w:rsid w:val="00B71987"/>
     <w:rsid w:val="00B71E27"/>
     <w:rsid w:val="00B726BC"/>
     <w:rsid w:val="00B76D3C"/>
     <w:rsid w:val="00B77473"/>
     <w:rsid w:val="00B80A91"/>
     <w:rsid w:val="00B829F8"/>
     <w:rsid w:val="00B82FB6"/>
     <w:rsid w:val="00B83E1E"/>
     <w:rsid w:val="00B8525B"/>
     <w:rsid w:val="00B85EA7"/>
     <w:rsid w:val="00B86140"/>
     <w:rsid w:val="00B87855"/>
     <w:rsid w:val="00B90003"/>
     <w:rsid w:val="00B9133C"/>
     <w:rsid w:val="00B925C8"/>
     <w:rsid w:val="00B93DEB"/>
     <w:rsid w:val="00B94583"/>
     <w:rsid w:val="00B9598B"/>
     <w:rsid w:val="00B96DE6"/>
     <w:rsid w:val="00B97081"/>
     <w:rsid w:val="00B97243"/>
     <w:rsid w:val="00B972A4"/>
     <w:rsid w:val="00BA1F45"/>
     <w:rsid w:val="00BA2D42"/>
     <w:rsid w:val="00BA3B96"/>
@@ -9466,117 +10310,121 @@
     <w:rsid w:val="00CD50F7"/>
     <w:rsid w:val="00CD7D3C"/>
     <w:rsid w:val="00CE1205"/>
     <w:rsid w:val="00CE1807"/>
     <w:rsid w:val="00CE4C3C"/>
     <w:rsid w:val="00CE649D"/>
     <w:rsid w:val="00CE6D45"/>
     <w:rsid w:val="00CE7210"/>
     <w:rsid w:val="00CF03E5"/>
     <w:rsid w:val="00CF1810"/>
     <w:rsid w:val="00CF2B16"/>
     <w:rsid w:val="00CF3D4C"/>
     <w:rsid w:val="00CF5880"/>
     <w:rsid w:val="00CF59BB"/>
     <w:rsid w:val="00CF70C0"/>
     <w:rsid w:val="00D00B1A"/>
     <w:rsid w:val="00D0120D"/>
     <w:rsid w:val="00D018FF"/>
     <w:rsid w:val="00D01A66"/>
     <w:rsid w:val="00D03AC5"/>
     <w:rsid w:val="00D0529A"/>
     <w:rsid w:val="00D06683"/>
     <w:rsid w:val="00D10613"/>
     <w:rsid w:val="00D10949"/>
     <w:rsid w:val="00D11D3F"/>
+    <w:rsid w:val="00D1401E"/>
     <w:rsid w:val="00D15BC2"/>
     <w:rsid w:val="00D16568"/>
     <w:rsid w:val="00D17378"/>
     <w:rsid w:val="00D21035"/>
     <w:rsid w:val="00D21E02"/>
     <w:rsid w:val="00D2221F"/>
     <w:rsid w:val="00D23994"/>
     <w:rsid w:val="00D23CD6"/>
     <w:rsid w:val="00D23D0D"/>
     <w:rsid w:val="00D23D34"/>
     <w:rsid w:val="00D24CDE"/>
     <w:rsid w:val="00D25533"/>
     <w:rsid w:val="00D26D14"/>
     <w:rsid w:val="00D26F0B"/>
     <w:rsid w:val="00D27CAC"/>
     <w:rsid w:val="00D31BC0"/>
     <w:rsid w:val="00D33D4F"/>
     <w:rsid w:val="00D3487B"/>
     <w:rsid w:val="00D34FEF"/>
     <w:rsid w:val="00D3531D"/>
     <w:rsid w:val="00D37521"/>
     <w:rsid w:val="00D37729"/>
     <w:rsid w:val="00D42269"/>
     <w:rsid w:val="00D44B0A"/>
     <w:rsid w:val="00D4547D"/>
     <w:rsid w:val="00D4789A"/>
     <w:rsid w:val="00D47B75"/>
     <w:rsid w:val="00D47F5F"/>
     <w:rsid w:val="00D50D81"/>
     <w:rsid w:val="00D516DD"/>
     <w:rsid w:val="00D52F52"/>
     <w:rsid w:val="00D53230"/>
     <w:rsid w:val="00D544DA"/>
     <w:rsid w:val="00D55D20"/>
+    <w:rsid w:val="00D55DE5"/>
     <w:rsid w:val="00D55F08"/>
     <w:rsid w:val="00D5737B"/>
     <w:rsid w:val="00D60269"/>
     <w:rsid w:val="00D6087D"/>
     <w:rsid w:val="00D61D56"/>
     <w:rsid w:val="00D62B7A"/>
     <w:rsid w:val="00D62DC6"/>
     <w:rsid w:val="00D63557"/>
     <w:rsid w:val="00D63A65"/>
     <w:rsid w:val="00D66571"/>
     <w:rsid w:val="00D70236"/>
     <w:rsid w:val="00D70918"/>
     <w:rsid w:val="00D711FD"/>
     <w:rsid w:val="00D72183"/>
     <w:rsid w:val="00D73C8A"/>
     <w:rsid w:val="00D7417C"/>
+    <w:rsid w:val="00D74EFC"/>
     <w:rsid w:val="00D7568D"/>
     <w:rsid w:val="00D76549"/>
     <w:rsid w:val="00D81982"/>
     <w:rsid w:val="00D83351"/>
     <w:rsid w:val="00D834B7"/>
     <w:rsid w:val="00D83FF9"/>
     <w:rsid w:val="00D8460A"/>
     <w:rsid w:val="00D85A4B"/>
     <w:rsid w:val="00D86828"/>
     <w:rsid w:val="00D86CEF"/>
     <w:rsid w:val="00D87D37"/>
     <w:rsid w:val="00D87ED6"/>
     <w:rsid w:val="00D933C3"/>
     <w:rsid w:val="00D935D0"/>
     <w:rsid w:val="00D93F40"/>
     <w:rsid w:val="00D9418D"/>
     <w:rsid w:val="00D955A0"/>
+    <w:rsid w:val="00D95785"/>
     <w:rsid w:val="00D962ED"/>
     <w:rsid w:val="00D96A02"/>
     <w:rsid w:val="00D97054"/>
     <w:rsid w:val="00DA18E7"/>
     <w:rsid w:val="00DA3E1C"/>
     <w:rsid w:val="00DA4C63"/>
     <w:rsid w:val="00DA6267"/>
     <w:rsid w:val="00DA745D"/>
     <w:rsid w:val="00DA7983"/>
     <w:rsid w:val="00DB0094"/>
     <w:rsid w:val="00DB044A"/>
     <w:rsid w:val="00DB332B"/>
     <w:rsid w:val="00DB3577"/>
     <w:rsid w:val="00DB45A2"/>
     <w:rsid w:val="00DB78B7"/>
     <w:rsid w:val="00DB7F8A"/>
     <w:rsid w:val="00DC0FB3"/>
     <w:rsid w:val="00DC1FC4"/>
     <w:rsid w:val="00DC3092"/>
     <w:rsid w:val="00DC35DD"/>
     <w:rsid w:val="00DC3B58"/>
     <w:rsid w:val="00DC4AC7"/>
     <w:rsid w:val="00DC59E2"/>
     <w:rsid w:val="00DC6E92"/>
     <w:rsid w:val="00DC7444"/>
@@ -9710,66 +10558,68 @@
     <w:rsid w:val="00EC445C"/>
     <w:rsid w:val="00EC5EEE"/>
     <w:rsid w:val="00EC62D1"/>
     <w:rsid w:val="00EC68F8"/>
     <w:rsid w:val="00EC6D42"/>
     <w:rsid w:val="00EC6EB1"/>
     <w:rsid w:val="00EC7745"/>
     <w:rsid w:val="00EC7EA5"/>
     <w:rsid w:val="00ED0888"/>
     <w:rsid w:val="00ED142E"/>
     <w:rsid w:val="00ED23B5"/>
     <w:rsid w:val="00ED2E28"/>
     <w:rsid w:val="00ED3553"/>
     <w:rsid w:val="00ED3FA6"/>
     <w:rsid w:val="00ED59A8"/>
     <w:rsid w:val="00ED637B"/>
     <w:rsid w:val="00ED67AF"/>
     <w:rsid w:val="00ED6863"/>
     <w:rsid w:val="00ED7CF0"/>
     <w:rsid w:val="00ED7ECC"/>
     <w:rsid w:val="00EE019E"/>
     <w:rsid w:val="00EE0AA1"/>
     <w:rsid w:val="00EE1DD9"/>
     <w:rsid w:val="00EE5977"/>
     <w:rsid w:val="00EE6992"/>
+    <w:rsid w:val="00EF0240"/>
     <w:rsid w:val="00EF1156"/>
     <w:rsid w:val="00EF1775"/>
     <w:rsid w:val="00EF2186"/>
     <w:rsid w:val="00EF329D"/>
     <w:rsid w:val="00EF40A5"/>
     <w:rsid w:val="00EF558F"/>
     <w:rsid w:val="00EF69AB"/>
     <w:rsid w:val="00EF6CBB"/>
     <w:rsid w:val="00EF79DD"/>
     <w:rsid w:val="00F0027E"/>
     <w:rsid w:val="00F00E37"/>
     <w:rsid w:val="00F04C65"/>
     <w:rsid w:val="00F04F0D"/>
     <w:rsid w:val="00F064B5"/>
     <w:rsid w:val="00F0673A"/>
     <w:rsid w:val="00F068B6"/>
+    <w:rsid w:val="00F07D3D"/>
     <w:rsid w:val="00F11A71"/>
     <w:rsid w:val="00F11C00"/>
     <w:rsid w:val="00F12D6C"/>
     <w:rsid w:val="00F16EF6"/>
     <w:rsid w:val="00F16F63"/>
     <w:rsid w:val="00F17C4B"/>
     <w:rsid w:val="00F209CC"/>
     <w:rsid w:val="00F22120"/>
     <w:rsid w:val="00F3028C"/>
     <w:rsid w:val="00F303D1"/>
     <w:rsid w:val="00F31114"/>
     <w:rsid w:val="00F32D46"/>
     <w:rsid w:val="00F32F89"/>
     <w:rsid w:val="00F36462"/>
     <w:rsid w:val="00F37862"/>
     <w:rsid w:val="00F37964"/>
     <w:rsid w:val="00F427B9"/>
     <w:rsid w:val="00F4587A"/>
     <w:rsid w:val="00F45C12"/>
     <w:rsid w:val="00F4682C"/>
     <w:rsid w:val="00F46A1E"/>
     <w:rsid w:val="00F476C6"/>
     <w:rsid w:val="00F47DB3"/>
     <w:rsid w:val="00F51DC1"/>
     <w:rsid w:val="00F5267F"/>
@@ -11097,51 +11947,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2133090626">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/development/desa/pd/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.starlink.com/map" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.potaroo.net" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.labs.apnic.net/ads/RU" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geoip.starlinkisp.net/feed.csv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.starlink.com/map" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgp.potaroo.net/as2.0/bgptable.txt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geoip.starlinkisp.net/feed.csv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.labs.apnic.net/ads" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cookislandsnews.com/internal/national/technology/starlink-users-face-mandatory-shift-to-new-service/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_countries_by_number_of_Internet_users" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geoip.starlinkisp.net/feed.csv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.starlink.com/map" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://south24.net/news/newse.php?nid=4616" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.labs.apnic.net/ads/RU" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geoip.starlinkisp.net/feed.csv" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.starlink.com/map" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://starlink.com/legal/documents/DOC-1020-91087-64?srsltid=AfmBOor1GSxF5SEDYSpXGtncWcG_beaZjHHeJzAizgXawm-T05gIQ8y7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgp.potaroo.net/as2.0/bgptable.txt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geoip.starlinkisp.net/feed.csv" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.labs.apnic.net/aspop" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.labs.apnic.net/ads" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cookislandsnews.com/internal/national/technology/starlink-users-face-mandatory-shift-to-new-service/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_countries_by_number_of_Internet_users" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geoip.starlinkisp.net/feed.csv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://khabaragency.net/news235555.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.labs.apnic.net/aspop?cc=&amp;aa=14593&amp;dd=22%2F11%2F2025&amp;ww=1&amp;rr=1&amp;ff=1&amp;xx=p" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.potaroo.net" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/development/desa/pd/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11381,77 +12231,77 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{475292AC-83D6-2445-A2B7-05020149303F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>19859</Characters>
+  <Pages>12</Pages>
+  <Words>4633</Words>
+  <Characters>26412</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>165</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>220</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>APNIC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23296</CharactersWithSpaces>
+  <CharactersWithSpaces>30984</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>2621525</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.potaroo.net/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>589923</vt:i4>
       </vt:variant>